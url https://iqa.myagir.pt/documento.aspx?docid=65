--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,485 +1,487 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vsdx" ContentType="application/vnd.ms-visio.drawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vsdx" ContentType="application/vnd.ms-visio.drawing"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
+  <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelacomgrelha"/>
+        <w:tblStyle w:val="TabelacomGrelha"/>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1587"/>
         <w:gridCol w:w="1248"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B511E" w:rsidRPr="00366979" w:rsidTr="005B511E">
+      <w:tr w:rsidR="005B511E" w:rsidRPr="00366979" w14:paraId="543F86E8" w14:textId="77777777" w:rsidTr="005B511E">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB2F5D" w:rsidRPr="00AB2F5D" w:rsidRDefault="00AB2F5D" w:rsidP="00AB2F5D">
+          <w:p w14:paraId="3E70247E" w14:textId="77777777" w:rsidR="00AB2F5D" w:rsidRPr="00AB2F5D" w:rsidRDefault="00AB2F5D" w:rsidP="00AB2F5D">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB2F5D">
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Elaborado por:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB2F5D" w:rsidRPr="00AB2F5D" w:rsidRDefault="0012012A" w:rsidP="00AB2F5D">
+          <w:p w14:paraId="6F34CCC3" w14:textId="77777777" w:rsidR="00AB2F5D" w:rsidRPr="00AB2F5D" w:rsidRDefault="0012012A" w:rsidP="00AB2F5D">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Helder Lopes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB2F5D" w:rsidRPr="00AB2F5D" w:rsidRDefault="00AB2F5D" w:rsidP="00AB2F5D">
+          <w:p w14:paraId="57A0509F" w14:textId="77777777" w:rsidR="00AB2F5D" w:rsidRPr="00AB2F5D" w:rsidRDefault="00AB2F5D" w:rsidP="00AB2F5D">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB2F5D">
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Aprovado por:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB2F5D" w:rsidRPr="00AB2F5D" w:rsidRDefault="00172D67" w:rsidP="00AB2F5D">
+          <w:p w14:paraId="3C41C04C" w14:textId="77777777" w:rsidR="00AB2F5D" w:rsidRPr="00AB2F5D" w:rsidRDefault="00172D67" w:rsidP="00AB2F5D">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Helder Lopes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB2F5D" w:rsidRPr="00AB2F5D" w:rsidRDefault="00AB2F5D" w:rsidP="00AB2F5D">
+          <w:p w14:paraId="417B09F6" w14:textId="77777777" w:rsidR="00AB2F5D" w:rsidRPr="00AB2F5D" w:rsidRDefault="00AB2F5D" w:rsidP="00AB2F5D">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB2F5D">
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Data de emissão:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1248" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB2F5D" w:rsidRPr="00AB2F5D" w:rsidRDefault="0012012A" w:rsidP="00DB6594">
+          <w:p w14:paraId="283A00DB" w14:textId="6975B9D7" w:rsidR="00AB2F5D" w:rsidRPr="00AB2F5D" w:rsidRDefault="00D67BB9" w:rsidP="00DB6594">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>02</w:t>
+              <w:t>28</w:t>
             </w:r>
             <w:r w:rsidR="00AB2F5D" w:rsidRPr="00AB2F5D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>05</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00AB2F5D" w:rsidRPr="00AB2F5D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>-201</w:t>
+              <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0011157F" w:rsidRPr="00366979" w:rsidTr="005B511E">
+      <w:tr w:rsidR="0011157F" w:rsidRPr="00366979" w14:paraId="1482FD36" w14:textId="77777777" w:rsidTr="005B511E">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0011157F" w:rsidRPr="00AB2F5D" w:rsidRDefault="0011157F" w:rsidP="00AB2F5D">
+          <w:p w14:paraId="242758B6" w14:textId="77777777" w:rsidR="0011157F" w:rsidRPr="00AB2F5D" w:rsidRDefault="0011157F" w:rsidP="00AB2F5D">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB2F5D" w:rsidRPr="00366979" w:rsidTr="005B511E">
+      <w:tr w:rsidR="00AB2F5D" w:rsidRPr="00366979" w14:paraId="50D2285A" w14:textId="77777777" w:rsidTr="005B511E">
         <w:trPr>
           <w:trHeight w:val="1304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="142" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00AB2F5D" w:rsidRPr="00385B5E" w:rsidRDefault="00AB2F5D" w:rsidP="00F412D3">
+          <w:p w14:paraId="0038B1D9" w14:textId="77777777" w:rsidR="00AB2F5D" w:rsidRPr="00385B5E" w:rsidRDefault="00AB2F5D" w:rsidP="00F412D3">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10064" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AB2F5D" w:rsidRPr="00073384" w:rsidRDefault="004511CE" w:rsidP="00AB2F5D">
+          <w:p w14:paraId="1A0B9246" w14:textId="77777777" w:rsidR="00AB2F5D" w:rsidRPr="00073384" w:rsidRDefault="004511CE" w:rsidP="00AB2F5D">
             <w:pPr>
               <w:pStyle w:val="Estilo12011"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:ind w:left="426" w:right="-144" w:hanging="426"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Objetivo</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00516D4A" w:rsidRPr="00516D4A" w:rsidRDefault="00516D4A" w:rsidP="00172D67">
+          <w:p w14:paraId="48F74300" w14:textId="77777777" w:rsidR="00516D4A" w:rsidRPr="00516D4A" w:rsidRDefault="00516D4A" w:rsidP="00172D67">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
             </w:pPr>
             <w:r w:rsidRPr="004E15BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Estabelecer a metodologia de </w:t>
             </w:r>
             <w:r w:rsidR="00172D67">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>identificação, avaliação, tratamento e controlo de Riscos e Oportunidades associados aos processos da IQA.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00073384" w:rsidRPr="00366979" w:rsidTr="005B511E">
+      <w:tr w:rsidR="00073384" w:rsidRPr="00366979" w14:paraId="7BB4474E" w14:textId="77777777" w:rsidTr="005B511E">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="142" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00073384" w:rsidRPr="00366979" w:rsidRDefault="00073384" w:rsidP="00F412D3">
+          <w:p w14:paraId="2962F072" w14:textId="77777777" w:rsidR="00073384" w:rsidRPr="00366979" w:rsidRDefault="00073384" w:rsidP="00F412D3">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10064" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00073384" w:rsidRPr="00366979" w:rsidRDefault="00073384" w:rsidP="00F412D3">
+          <w:p w14:paraId="53AF0088" w14:textId="77777777" w:rsidR="00073384" w:rsidRPr="00366979" w:rsidRDefault="00073384" w:rsidP="00F412D3">
             <w:pPr>
               <w:pStyle w:val="Estilo12011"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="644" w:right="-144"/>
               <w:rPr>
                 <w:sz w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00073384" w:rsidRPr="00C7007A" w:rsidTr="005B511E">
+      <w:tr w:rsidR="00073384" w:rsidRPr="00C7007A" w14:paraId="2B1CE26F" w14:textId="77777777" w:rsidTr="005B511E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="142" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00073384" w:rsidRPr="00366979" w:rsidRDefault="00073384" w:rsidP="00F412D3">
+          <w:p w14:paraId="4E207CBD" w14:textId="77777777" w:rsidR="00073384" w:rsidRPr="00366979" w:rsidRDefault="00073384" w:rsidP="00F412D3">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10064" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00073384" w:rsidRPr="00073384" w:rsidRDefault="008D4414" w:rsidP="00543DBB">
+          <w:p w14:paraId="4F5E2CCF" w14:textId="77777777" w:rsidR="00073384" w:rsidRPr="00073384" w:rsidRDefault="008D4414" w:rsidP="00543DBB">
             <w:pPr>
               <w:pStyle w:val="Estilo12011"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:ind w:left="426" w:right="-144" w:hanging="426"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Âmbito</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E702BE" w:rsidRPr="00C7007A" w:rsidRDefault="00516D4A" w:rsidP="00E702BE">
+          <w:p w14:paraId="6AE9EC58" w14:textId="77777777" w:rsidR="00E702BE" w:rsidRPr="00C7007A" w:rsidRDefault="00516D4A" w:rsidP="00E702BE">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
             </w:pPr>
             <w:r w:rsidRPr="004E15BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Aplica-se para </w:t>
             </w:r>
             <w:r w:rsidR="00172D67">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>todos os riscos associados à conformidade dos produtos e serviços, desempenho do SGQ, satisfação dos clientes bem como, riscos e oportunidades relacionados com a sustentabilidade e continuidade do negócio. Estão excluídos deste procedimento riscos de natureza ambienta</w:t>
             </w:r>
             <w:r w:rsidR="0040311C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -493,339 +495,357 @@
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="0040311C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">saúde pública, </w:t>
             </w:r>
             <w:r w:rsidR="00172D67">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>catástrofes naturais e outros tipos de risco</w:t>
             </w:r>
             <w:r w:rsidR="0040311C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> contemplados por planos específicos (ex: Medidas de Autoproteção).</w:t>
+              <w:t xml:space="preserve"> contemplados por planos específicos (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0040311C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ex</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0040311C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: Medidas de Autoproteção).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00073384" w:rsidRPr="00C7007A" w:rsidTr="005B511E">
+      <w:tr w:rsidR="00073384" w:rsidRPr="00C7007A" w14:paraId="4009E7FE" w14:textId="77777777" w:rsidTr="005B511E">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="142" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00073384" w:rsidRPr="00C7007A" w:rsidRDefault="00073384" w:rsidP="00F412D3">
+          <w:p w14:paraId="0E27768C" w14:textId="77777777" w:rsidR="00073384" w:rsidRPr="00C7007A" w:rsidRDefault="00073384" w:rsidP="00F412D3">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10064" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00073384" w:rsidRPr="00C7007A" w:rsidRDefault="00073384" w:rsidP="00F412D3">
+          <w:p w14:paraId="1AFB9182" w14:textId="77777777" w:rsidR="00073384" w:rsidRPr="00C7007A" w:rsidRDefault="00073384" w:rsidP="00F412D3">
             <w:pPr>
               <w:pStyle w:val="Estilo12011"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="0" w:right="-144" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00073384" w:rsidRPr="00E702BE" w:rsidTr="005B511E">
+      <w:tr w:rsidR="00073384" w:rsidRPr="00E702BE" w14:paraId="6C42875E" w14:textId="77777777" w:rsidTr="005B511E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="142" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00073384" w:rsidRPr="00C7007A" w:rsidRDefault="00073384" w:rsidP="00F412D3">
+          <w:p w14:paraId="5715C4DA" w14:textId="77777777" w:rsidR="00073384" w:rsidRPr="00C7007A" w:rsidRDefault="00073384" w:rsidP="00F412D3">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10064" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00073384" w:rsidRPr="00C7007A" w:rsidRDefault="008D4414" w:rsidP="00543DBB">
+          <w:p w14:paraId="792DC744" w14:textId="77777777" w:rsidR="00073384" w:rsidRPr="00C7007A" w:rsidRDefault="008D4414" w:rsidP="00543DBB">
             <w:pPr>
               <w:pStyle w:val="Estilo12011"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:ind w:left="426" w:right="-144" w:hanging="426"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C7007A">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Definições</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00516D4A" w:rsidRPr="00E702BE" w:rsidTr="00431AEB">
+      <w:tr w:rsidR="00516D4A" w:rsidRPr="00E702BE" w14:paraId="520157AC" w14:textId="77777777" w:rsidTr="00431AEB">
         <w:trPr>
           <w:trHeight w:val="1688"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="142" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00516D4A" w:rsidRPr="00C7007A" w:rsidRDefault="00516D4A" w:rsidP="00516D4A">
+          <w:p w14:paraId="4F50112A" w14:textId="77777777" w:rsidR="00516D4A" w:rsidRPr="00C7007A" w:rsidRDefault="00516D4A" w:rsidP="00516D4A">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00516D4A" w:rsidRPr="004E15BF" w:rsidRDefault="0040311C" w:rsidP="00516D4A">
+          <w:p w14:paraId="4DAF6760" w14:textId="77777777" w:rsidR="00516D4A" w:rsidRPr="004E15BF" w:rsidRDefault="0040311C" w:rsidP="00516D4A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7617"/>
                 <w:tab w:val="left" w:pos="10061"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="104" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Risco</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00516D4A" w:rsidRDefault="0040311C" w:rsidP="0040311C">
+          <w:p w14:paraId="5D1DB606" w14:textId="77777777" w:rsidR="00516D4A" w:rsidRDefault="0040311C" w:rsidP="0040311C">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040311C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Efeito da incerteza na </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>concretização</w:t>
             </w:r>
             <w:r w:rsidRPr="0040311C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> dos objetivos</w:t>
             </w:r>
             <w:r w:rsidR="00431AEB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00431AEB" w:rsidRPr="004E15BF" w:rsidRDefault="00431AEB" w:rsidP="00431AEB">
+          <w:p w14:paraId="57DCF073" w14:textId="77777777" w:rsidR="00431AEB" w:rsidRPr="004E15BF" w:rsidRDefault="00431AEB" w:rsidP="00431AEB">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
             </w:pPr>
             <w:r w:rsidRPr="00431AEB">
               <w:t>Apesar da definição formal incluir a possibilidade de efeitos negativos e positivos do risco, no dia-a-dia a preocupação usual é a de evitar ou minimizar as potenciais consequências negativas. O risco pode ser tratado considerando a probabilidade de algo acontecer e as consequências potenciais de</w:t>
             </w:r>
             <w:r>
               <w:t>sse acontecimento.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E32BFC" w:rsidRPr="00C7007A" w:rsidTr="00BF48C3">
+      <w:tr w:rsidR="00E32BFC" w:rsidRPr="00C7007A" w14:paraId="268B769F" w14:textId="77777777" w:rsidTr="00BF48C3">
         <w:trPr>
           <w:trHeight w:val="1286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="142" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00E32BFC" w:rsidRPr="00C7007A" w:rsidRDefault="00E32BFC" w:rsidP="00E32BFC">
+          <w:p w14:paraId="188D50E8" w14:textId="77777777" w:rsidR="00E32BFC" w:rsidRPr="00C7007A" w:rsidRDefault="00E32BFC" w:rsidP="00E32BFC">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E32BFC" w:rsidRPr="004E15BF" w:rsidRDefault="0040311C" w:rsidP="00E32BFC">
+          <w:p w14:paraId="00658B95" w14:textId="77777777" w:rsidR="00E32BFC" w:rsidRPr="004E15BF" w:rsidRDefault="0040311C" w:rsidP="00E32BFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7617"/>
                 <w:tab w:val="left" w:pos="10061"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="104" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Oportunidade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E32BFC" w:rsidRPr="004E15BF" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
+          <w:p w14:paraId="52A8888D" w14:textId="77777777" w:rsidR="00E32BFC" w:rsidRPr="004E15BF" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6696"/>
                 <w:tab w:val="left" w:pos="7617"/>
                 <w:tab w:val="left" w:pos="10061"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="33" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B4DCF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               </w:rPr>
               <w:t xml:space="preserve">Pode considerar-se uma oportunidade como </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               </w:rPr>
               <w:t>uma</w:t>
             </w:r>
@@ -852,117 +872,117 @@
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               </w:rPr>
               <w:t>ode advir de uma nova tecnologia</w:t>
             </w:r>
             <w:r w:rsidRPr="008B4DCF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               </w:rPr>
               <w:t xml:space="preserve">alteração de mercado, </w:t>
             </w:r>
             <w:r w:rsidRPr="008B4DCF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               </w:rPr>
               <w:t>novos fornecedores potenciais, ambiente concorrencial, alterações de custos de produção, entre outros.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B4DCF" w:rsidRPr="00C7007A" w:rsidTr="00E32BFC">
+      <w:tr w:rsidR="008B4DCF" w:rsidRPr="00C7007A" w14:paraId="52335900" w14:textId="77777777" w:rsidTr="00E32BFC">
         <w:trPr>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="142" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="008B4DCF" w:rsidRPr="00C7007A" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
+          <w:p w14:paraId="4F527B1E" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRPr="00C7007A" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B4DCF" w:rsidRPr="004E15BF" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
+          <w:p w14:paraId="2A4A0112" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRPr="004E15BF" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7617"/>
                 <w:tab w:val="left" w:pos="10061"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="104" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Gestão de Riscos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B4DCF" w:rsidRPr="00431AEB" w:rsidRDefault="008B4DCF" w:rsidP="00C42980">
+          <w:p w14:paraId="7417DAD7" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRPr="00431AEB" w:rsidRDefault="008B4DCF" w:rsidP="00C42980">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Abordagem</w:t>
             </w:r>
             <w:r w:rsidRPr="0040311C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> sistemática </w:t>
             </w:r>
             <w:r>
@@ -986,623 +1006,621 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">identificação e avaliação de riscos potenciais combinada com o planeamento de ações específicas </w:t>
             </w:r>
             <w:r w:rsidR="00C42980">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>de eliminação,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> mitigação e controlo nível de risco.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B4DCF" w:rsidRPr="00C7007A" w:rsidTr="00BF48C3">
+      <w:tr w:rsidR="008B4DCF" w:rsidRPr="00C7007A" w14:paraId="4A518BF5" w14:textId="77777777" w:rsidTr="00BF48C3">
         <w:trPr>
           <w:trHeight w:val="1139"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="142" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="008B4DCF" w:rsidRPr="00C7007A" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
+          <w:p w14:paraId="16EA2840" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRPr="00C7007A" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10064" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BF48C3" w:rsidRPr="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00BF48C3">
+          <w:p w14:paraId="3016CB29" w14:textId="77777777" w:rsidR="00BF48C3" w:rsidRPr="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00BF48C3">
             <w:pPr>
               <w:pStyle w:val="Estilo12011"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:ind w:left="426" w:right="-144" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008B4DCF" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
+          <w:p w14:paraId="757CA84D" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
             <w:pPr>
               <w:pStyle w:val="Estilo12011"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:ind w:left="426" w:right="-144" w:hanging="426"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011157F">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Referências e Documentos relacionados</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B4DCF" w:rsidRPr="00C7007A" w:rsidTr="00BF48C3">
+      <w:tr w:rsidR="008B4DCF" w:rsidRPr="00C7007A" w14:paraId="0CB6ECD0" w14:textId="77777777" w:rsidTr="00BF48C3">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="142" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="008B4DCF" w:rsidRPr="00C7007A" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
+          <w:p w14:paraId="357304C1" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRPr="00C7007A" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B4DCF" w:rsidRPr="005B5192" w:rsidRDefault="00BA1E8E" w:rsidP="008B4DCF">
+          <w:p w14:paraId="188A3649" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRPr="005B5192" w:rsidRDefault="00BA1E8E" w:rsidP="008B4DCF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>AGIR®</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B4DCF" w:rsidRPr="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00BF48C3">
+          <w:p w14:paraId="09513DA7" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRPr="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00BF48C3">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF48C3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Matriz de Gest</w:t>
             </w:r>
             <w:r w:rsidR="004511CE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ão de Ris</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF48C3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>co</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B4DCF" w:rsidRPr="00C7007A" w:rsidTr="00BF48C3">
+      <w:tr w:rsidR="008B4DCF" w:rsidRPr="00C7007A" w14:paraId="5D342981" w14:textId="77777777" w:rsidTr="00BF48C3">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="142" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="008B4DCF" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
+          <w:p w14:paraId="60A7A36E" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B4DCF" w:rsidRPr="005B5192" w:rsidRDefault="00BF48C3" w:rsidP="008B4DCF">
+          <w:p w14:paraId="1A3591D3" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRPr="005B5192" w:rsidRDefault="00BF48C3" w:rsidP="008B4DCF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>P-006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B4DCF" w:rsidRPr="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00BF48C3">
+          <w:p w14:paraId="1427FD7C" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRPr="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00BF48C3">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF48C3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Revisão pela Gestão</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF48C3" w:rsidRPr="00C7007A" w:rsidTr="00BF48C3">
+      <w:tr w:rsidR="00BF48C3" w:rsidRPr="00C7007A" w14:paraId="7663A29C" w14:textId="77777777" w:rsidTr="00BF48C3">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="142" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="008B4DCF">
+          <w:p w14:paraId="35292131" w14:textId="77777777" w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="008B4DCF">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="008B4DCF">
+          <w:p w14:paraId="05EB1ACA" w14:textId="77777777" w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="008B4DCF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF48C3">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>NP ISO 31000:2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BF48C3" w:rsidRPr="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00BF48C3">
+          <w:p w14:paraId="276F5D86" w14:textId="77777777" w:rsidR="00BF48C3" w:rsidRPr="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00BF48C3">
             <w:pPr>
               <w:pStyle w:val="Estilo1X2011"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF48C3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gestão do risco. Princípios e linhas de orientação</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C7007A" w:rsidRPr="00AF0F63" w:rsidRDefault="00C7007A" w:rsidP="0011157F">
+    <w:p w14:paraId="67623F11" w14:textId="77777777" w:rsidR="00C7007A" w:rsidRPr="00AF0F63" w:rsidRDefault="00C7007A" w:rsidP="0011157F">
       <w:pPr>
         <w:pStyle w:val="Estilo12011"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="0" w:right="-144" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C7007A" w:rsidRPr="00AF0F63" w:rsidRDefault="00C7007A" w:rsidP="00C7007A">
+    <w:p w14:paraId="3F1A6DE1" w14:textId="77777777" w:rsidR="00C7007A" w:rsidRPr="00AF0F63" w:rsidRDefault="00C7007A" w:rsidP="00C7007A">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C2328" w:rsidRPr="00C7007A" w:rsidRDefault="008C2328">
+    <w:p w14:paraId="73F6307E" w14:textId="77777777" w:rsidR="008C2328" w:rsidRPr="00C7007A" w:rsidRDefault="008C2328">
       <w:r w:rsidRPr="00C7007A">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D4044" w:rsidRPr="00C7007A" w:rsidRDefault="000B32AD" w:rsidP="00543DBB">
+    <w:p w14:paraId="46AF5738" w14:textId="77777777" w:rsidR="005D4044" w:rsidRPr="00C7007A" w:rsidRDefault="000B32AD" w:rsidP="00543DBB">
       <w:pPr>
         <w:pStyle w:val="Estilo12011"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="426" w:right="-144" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C7007A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Metodologias</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D4044" w:rsidRPr="00C7007A" w:rsidRDefault="005D4044" w:rsidP="005D4044">
+    <w:p w14:paraId="4FB1EC83" w14:textId="77777777" w:rsidR="005D4044" w:rsidRPr="00C7007A" w:rsidRDefault="005D4044" w:rsidP="005D4044">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00366979" w:rsidRDefault="00366979" w:rsidP="00543DBB">
+    <w:p w14:paraId="77CB5060" w14:textId="77777777" w:rsidR="00366979" w:rsidRDefault="00366979" w:rsidP="00543DBB">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0F63">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Fluxograma</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B323E" w:rsidRPr="00AF0F63" w:rsidRDefault="007B323E" w:rsidP="007B323E">
+    <w:p w14:paraId="4DD77D91" w14:textId="77777777" w:rsidR="007B323E" w:rsidRPr="00AF0F63" w:rsidRDefault="007B323E" w:rsidP="007B323E">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C6589E" w:rsidRPr="00C6589E" w:rsidRDefault="00C6589E" w:rsidP="00C6589E">
+    <w:p w14:paraId="5EF905E8" w14:textId="77777777" w:rsidR="00C6589E" w:rsidRPr="00C6589E" w:rsidRDefault="00C6589E" w:rsidP="00C6589E">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00366979" w:rsidRDefault="00B35048" w:rsidP="00621069">
+    <w:p w14:paraId="12647425" w14:textId="77777777" w:rsidR="00366979" w:rsidRDefault="00B35048" w:rsidP="00621069">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:object w:dxaOrig="8220" w:dyaOrig="8025">
+        <w:object w:dxaOrig="8220" w:dyaOrig="8025" w14:anchorId="07E42F29">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:370.5pt;height:360.75pt" o:ole="">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:370.5pt;height:5in" o:ole="">
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Visio.Drawing.15" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1586682396" r:id="rId8"/>
+          <o:OLEObject Type="Embed" ProgID="Visio.Drawing.15" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1823173708" r:id="rId8"/>
         </w:object>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00366979" w:rsidRDefault="00366979" w:rsidP="00366979">
+    <w:p w14:paraId="32C86145" w14:textId="77777777" w:rsidR="00366979" w:rsidRDefault="00366979" w:rsidP="00366979">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="00366979">
+    <w:p w14:paraId="4C4865E3" w14:textId="77777777" w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="00366979">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="00366979">
+    <w:p w14:paraId="10799CCB" w14:textId="77777777" w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="00366979">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="00366979">
+    <w:p w14:paraId="2480DDBB" w14:textId="77777777" w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="00366979">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00302E18" w:rsidRPr="00AF0F63" w:rsidRDefault="00302E18" w:rsidP="00302E18">
+    <w:p w14:paraId="7EC71B6F" w14:textId="77777777" w:rsidR="00302E18" w:rsidRPr="00AF0F63" w:rsidRDefault="00302E18" w:rsidP="00302E18">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0F63">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Regras Gerais</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B4DCF" w:rsidRDefault="008B4DCF" w:rsidP="009A77F6">
+    <w:p w14:paraId="37745C9F" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRDefault="008B4DCF" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B4DCF">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve">Os riscos são </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>geridos</w:t>
       </w:r>
       <w:r w:rsidRPr="008B4DCF">
@@ -1638,51 +1656,51 @@
       <w:r w:rsidR="00E235F1">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve">minimizar </w:t>
       </w:r>
       <w:r w:rsidRPr="008B4DCF">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve">seu impacto </w:t>
       </w:r>
       <w:r w:rsidR="00E235F1">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>em caso de ocorrência</w:t>
       </w:r>
       <w:r w:rsidRPr="008B4DCF">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B4DCF" w:rsidRDefault="008B4DCF" w:rsidP="009A77F6">
+    <w:p w14:paraId="06121DCD" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRDefault="008B4DCF" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B4DCF">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve">Oportunidades são </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>geridas</w:t>
       </w:r>
       <w:r w:rsidRPr="008B4DCF">
@@ -1694,296 +1712,324 @@
       <w:r w:rsidR="004A447E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>de forma a promover a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> maximizar seus benefícios</w:t>
       </w:r>
       <w:r w:rsidR="004A447E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> em relação aos custos e oportunidade de investimento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRDefault="00E235F1" w:rsidP="009A77F6">
+    <w:p w14:paraId="000DF361" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRDefault="00E235F1" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>A organização deverá considerar os diversos tipos de</w:t>
       </w:r>
       <w:r w:rsidR="009A77F6" w:rsidRPr="009A77F6">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> risco</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>, quer internos ou externos,</w:t>
       </w:r>
       <w:r w:rsidR="009A77F6" w:rsidRPr="009A77F6">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>incluindo</w:t>
       </w:r>
       <w:r w:rsidR="009A77F6" w:rsidRPr="009A77F6">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
+    <w:p w14:paraId="323E82AB" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Estratégicos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRPr="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
+    <w:p w14:paraId="232796F7" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRPr="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="009A77F6">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>peracionais</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
+    <w:p w14:paraId="40D755BA" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Financeiros,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
+    <w:p w14:paraId="20008BCD" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Mercado</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
+    <w:p w14:paraId="4FFFF909" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Sociais</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRPr="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
+    <w:p w14:paraId="2A01A5A3" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRPr="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="009A77F6">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>olíticos, entre outros.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
+    <w:p w14:paraId="1C3C301D" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B4DCF" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
+    <w:p w14:paraId="4C0E9077" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve">Riscos ambientais, </w:t>
       </w:r>
       <w:r w:rsidR="00E235F1">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>sa</w:t>
       </w:r>
       <w:r w:rsidR="00E235F1">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>úde, riscos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
-        <w:t xml:space="preserve"> associados a emergência e catástrofes naturais apesar de poderem ser geridos pela metodologia definida neste procedimento, estão contemplados em planos específicos (ex: Medidas de Autoproteção)</w:t>
+        <w:t xml:space="preserve"> associados a emergência e catástrofes naturais apesar de poderem ser geridos pela metodologia definida neste procedimento, estão contemplados em planos específicos (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>ex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>: Medidas de Autoproteção)</w:t>
       </w:r>
       <w:r w:rsidR="00E235F1">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pelo que não estão englobados neste procedimentos.</w:t>
+        <w:t xml:space="preserve"> pelo que não estão englobados </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E235F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>neste procedimentos</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E235F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B4DCF" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
+    <w:p w14:paraId="65C90D74" w14:textId="77777777" w:rsidR="008B4DCF" w:rsidRDefault="008B4DCF" w:rsidP="008B4DCF">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRPr="00BF48C3" w:rsidRDefault="009A77F6" w:rsidP="00B0472C">
+    <w:p w14:paraId="6D160E61" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRPr="00BF48C3" w:rsidRDefault="009A77F6" w:rsidP="00B0472C">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF48C3">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve">Os métodos de </w:t>
       </w:r>
       <w:r w:rsidR="00E235F1" w:rsidRPr="00BF48C3">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve">identificação e </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF48C3">
@@ -2019,259 +2065,259 @@
       <w:r w:rsidR="00BF48C3" w:rsidRPr="00BF48C3">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>mações</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF48C3">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou outras ferramentas. Este procedimento não impõe nenhum destes métodos como referência. No</w:t>
       </w:r>
       <w:r w:rsidR="00E235F1" w:rsidRPr="00BF48C3">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> entanto, no</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF48C3">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> final da avaliação os seguintes elementos devem estar caracterizados:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
+    <w:p w14:paraId="02328705" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Descrição do Risco</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000316CC" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
+    <w:p w14:paraId="67726DF5" w14:textId="77777777" w:rsidR="000316CC" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Potenciais danos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
+    <w:p w14:paraId="2BF1311D" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Contexto (interno ou externo)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000316CC" w:rsidRPr="009A77F6" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
+    <w:p w14:paraId="5EF5FF99" w14:textId="77777777" w:rsidR="000316CC" w:rsidRPr="009A77F6" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Processo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
+    <w:p w14:paraId="1E5B7729" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Probabilidade</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
+    <w:p w14:paraId="35F72CEC" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Gravidade</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
+    <w:p w14:paraId="66832915" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Nível de Risco</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
+    <w:p w14:paraId="50CBF22E" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Plano de Ações</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000316CC" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
+    <w:p w14:paraId="3B16A999" w14:textId="77777777" w:rsidR="000316CC" w:rsidRDefault="000316CC" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Avaliação de Eficácia</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000316CC" w:rsidRPr="009A77F6" w:rsidRDefault="00E235F1" w:rsidP="009A77F6">
+    <w:p w14:paraId="6F753915" w14:textId="77777777" w:rsidR="000316CC" w:rsidRPr="009A77F6" w:rsidRDefault="00E235F1" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Frequência de reavaliação</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
+    <w:p w14:paraId="7F1BC70C" w14:textId="77777777" w:rsidR="009A77F6" w:rsidRDefault="009A77F6" w:rsidP="009A77F6">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00302E18" w:rsidRPr="00AA5599" w:rsidRDefault="00302E18" w:rsidP="00302E18">
+    <w:p w14:paraId="67B01144" w14:textId="77777777" w:rsidR="00302E18" w:rsidRPr="00AA5599" w:rsidRDefault="00302E18" w:rsidP="00302E18">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00302E18" w:rsidRDefault="000316CC" w:rsidP="00302E18">
+    <w:p w14:paraId="68934BEC" w14:textId="77777777" w:rsidR="00302E18" w:rsidRDefault="000316CC" w:rsidP="00302E18">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="862"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>IDENTIFICAÇ</w:t>
@@ -2279,202 +2325,245 @@
       <w:r w:rsidR="00BF48C3">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ÃO DE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> RISCO</w:t>
       </w:r>
       <w:r w:rsidR="00BF48C3">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>S e OPORTUNIDADES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000316CC" w:rsidRPr="00AA5599" w:rsidRDefault="000316CC" w:rsidP="000316CC">
+    <w:p w14:paraId="75D47DFD" w14:textId="77777777" w:rsidR="000316CC" w:rsidRPr="00AA5599" w:rsidRDefault="000316CC" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="862"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000316CC" w:rsidRDefault="000316CC" w:rsidP="000316CC">
+    <w:p w14:paraId="73F24A45" w14:textId="77777777" w:rsidR="000316CC" w:rsidRDefault="000316CC" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000316CC">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Os riscos são identificados no contexto de definição do</w:t>
       </w:r>
       <w:r w:rsidRPr="000316CC">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plano Estratégico da Empresa</w:t>
       </w:r>
       <w:r w:rsidRPr="000316CC">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve">, com envolvimento da Gestão de Topo e Gestores de Processos. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>Outros riscos podem ser identificados e propostos por qualquer colaborador durante o normal decurso das atividades.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000316CC" w:rsidRDefault="000316CC" w:rsidP="000316CC">
+    <w:p w14:paraId="3118208B" w14:textId="77777777" w:rsidR="000316CC" w:rsidRDefault="000316CC" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve">Para cada Processo deve ser preparada uma </w:t>
       </w:r>
       <w:r w:rsidRPr="000316CC">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">Matriz de Gestão de Risco </w:t>
       </w:r>
       <w:r w:rsidR="004A447E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
-        <w:t>workflow AGIR), aprovada pela Gestão de Topo. A Matriz de Gestão de Risco como parte do Plano Estratégico é submetido a reavaliação anual no âmbito da Revisão do SGQ pela Gestão (</w:t>
+        <w:t>workflow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AGIR), aprovada pela Gestão de Topo. A Matriz de Gestão de Risco como parte do Plano Estratégico é submetido a reavaliação anual no âmbito da Revisão do SGQ pela Gestão (</w:t>
       </w:r>
       <w:r w:rsidRPr="000316CC">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>P-006</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000316CC" w:rsidRPr="000316CC" w:rsidRDefault="000316CC" w:rsidP="000316CC">
+    <w:p w14:paraId="05A5487F" w14:textId="70AB8C49" w:rsidR="000316CC" w:rsidRPr="00D67BB9" w:rsidRDefault="00D67BB9" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nesta identificação de riscos e oportunidades deve ser tida em conta uma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67BB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">verificação anual </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00C02A32">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exposição ao risco associado a alterações climáticas e avaliação do seu impacto potencial (risco ou oportunidade).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000316CC" w:rsidRDefault="000316CC" w:rsidP="000316CC">
+    <w:p w14:paraId="30DAD501" w14:textId="77777777" w:rsidR="000316CC" w:rsidRDefault="000316CC" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
+    <w:p w14:paraId="562A48ED" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E235F1" w:rsidRDefault="00E235F1" w:rsidP="00E235F1">
+    <w:p w14:paraId="2F3C8377" w14:textId="77777777" w:rsidR="00E235F1" w:rsidRDefault="00E235F1" w:rsidP="00E235F1">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+    <w:p w14:paraId="3F8C3E21" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="862"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>AVALIAÇÃO</w:t>
@@ -2482,68 +2571,68 @@
       <w:r w:rsidR="00BF48C3">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> DE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> RISCO</w:t>
       </w:r>
       <w:r w:rsidR="004A447E">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRPr="00E235F1" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+    <w:p w14:paraId="02383FEC" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="00E235F1" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="862"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+    <w:p w14:paraId="42F90299" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E7ED8">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Para cada Risco identificado, sob coordenação do Gestor de processo, deve ser calculado o Fator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Risco</w:t>
       </w:r>
       <w:r w:rsidRPr="005E7ED8">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
@@ -2565,2510 +2654,2558 @@
         </w:rPr>
         <w:t>vés de caracterização d</w:t>
       </w:r>
       <w:r w:rsidR="00E235F1">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e duas </w:t>
       </w:r>
       <w:r w:rsidRPr="005E7ED8">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>variáveis:</w:t>
       </w:r>
       <w:r w:rsidR="00E235F1">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Probabilidade e Gravidade.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="005E7ED8">
+    <w:p w14:paraId="65E57475" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+    <w:p w14:paraId="2EB1AB49" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E7ED8">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Probabilidade</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
+    <w:p w14:paraId="7104CFE1" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Medida semi-quantitativa que estima a probabilidade de ocorrência do risco na nossa organização e nas atuais condições</w:t>
+        <w:t xml:space="preserve">Medida </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>semi-quantitativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que estima a probabilidade de ocorrência do risco na nossa organização e nas atuais condições</w:t>
       </w:r>
       <w:r w:rsidR="00B31F54">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, nu</w:t>
       </w:r>
       <w:r w:rsidR="004511CE">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ma escala de 1 a 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Ver escala da tabela 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
+    <w:p w14:paraId="60A7EC10" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="000316CC">
+    <w:p w14:paraId="25180F6F" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
+    <w:p w14:paraId="2714E533" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+    <w:p w14:paraId="67A9A121" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Gravidade</w:t>
       </w:r>
       <w:r w:rsidR="004A447E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+    <w:p w14:paraId="71975364" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Medida semi-quantitativa que estima as consequências</w:t>
+        <w:t xml:space="preserve">Medida </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>semi-quantitativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que estima as consequências</w:t>
       </w:r>
       <w:r w:rsidR="00E235F1">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/efeitos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> da ocorrência do risco na nossa organização. As consequências podem ser de diversas naturezas conforme o tipo de dano em causa</w:t>
       </w:r>
       <w:r w:rsidR="00B31F54">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, numa escala de 1 a 5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ver escala da tabela 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+    <w:p w14:paraId="55670C74" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+    <w:p w14:paraId="6D5591FC" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="005E7ED8">
+    <w:p w14:paraId="06CE5435" w14:textId="77777777" w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="005E7ED8">
+    <w:p w14:paraId="348118D9" w14:textId="77777777" w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="005E7ED8">
+    <w:p w14:paraId="57A2FB05" w14:textId="77777777" w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="005E7ED8">
+    <w:p w14:paraId="2284E5E1" w14:textId="77777777" w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0012012A" w:rsidRDefault="0012012A" w:rsidP="005E7ED8">
+    <w:p w14:paraId="5F73B444" w14:textId="77777777" w:rsidR="0012012A" w:rsidRDefault="0012012A" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="005E7ED8">
+    <w:p w14:paraId="74D77223" w14:textId="77777777" w:rsidR="007B323E" w:rsidRDefault="007B323E" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelacomgrelha"/>
+        <w:tblStyle w:val="TabelacomGrelha"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2705"/>
         <w:gridCol w:w="1467"/>
         <w:gridCol w:w="1511"/>
         <w:gridCol w:w="1454"/>
         <w:gridCol w:w="1244"/>
         <w:gridCol w:w="1728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidTr="004A447E">
+      <w:tr w:rsidR="005E7ED8" w:rsidRPr="00F83168" w14:paraId="1D947614" w14:textId="77777777" w:rsidTr="004A447E">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2705" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="084295F7" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7ED8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Critérios de apreciação</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="7D7FD1E9" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7ED8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1511" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="2BA4C5CA" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7ED8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1454" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="6B44B0D2" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7ED8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1244" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="45404B58" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7ED8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="4E974DE7" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7ED8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidTr="004A447E">
+      <w:tr w:rsidR="005E7ED8" w:rsidRPr="00F83168" w14:paraId="5A4520BB" w14:textId="77777777" w:rsidTr="004A447E">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2705" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="6382AAF7" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Probabilidade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="26E5AD6F" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Improvável</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1511" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="543B3DC9" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Remota</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1454" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="7FBE2647" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Ocasional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1244" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="3CCF5EF7" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Provável</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="7A7AF63B" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Frequente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidTr="004A447E">
+      <w:tr w:rsidR="005E7ED8" w:rsidRPr="00F83168" w14:paraId="3B956B3B" w14:textId="77777777" w:rsidTr="004A447E">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2705" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="290583F8" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Gravidade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="53A4995C" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Irrelevante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1511" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="6C9C3736" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Menor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1454" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="3FFEF5D3" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Grave</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1244" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="33296603" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Crítico</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+          <w:p w14:paraId="563B4A12" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="00F83168" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Catastrófico</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
+    <w:p w14:paraId="6E3F9657" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="000316CC">
+    <w:p w14:paraId="187774A1" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tabela 1</w:t>
       </w:r>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-   Critérios de apreciação de Probabilidade e Gravidade de Riscos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="000316CC">
+    <w:p w14:paraId="39C2030E" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
+    <w:p w14:paraId="62FBFD43" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="000316CC">
+    <w:p w14:paraId="782FD09F" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+    <w:p w14:paraId="5D63696F" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Fator de Risco</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
+    <w:p w14:paraId="49D0A2F6" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Medida semi-quantitativa que estima a relevância do Risco para a Organizaç</w:t>
+        <w:t xml:space="preserve">Medida </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>semi-quantitativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que estima a relevância do Risco para a Organizaç</w:t>
       </w:r>
       <w:r w:rsidR="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ão e grau de prioridade para definição de Plano de Ações. Ver escala da tabela 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="005E7ED8">
+    <w:p w14:paraId="640896D3" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C5641" w:rsidRDefault="004C5641" w:rsidP="005E7ED8">
+    <w:p w14:paraId="388F063A" w14:textId="77777777" w:rsidR="004C5641" w:rsidRDefault="004C5641" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C5641" w:rsidRDefault="004C5641" w:rsidP="005E7ED8">
+    <w:p w14:paraId="61EEB649" w14:textId="77777777" w:rsidR="004C5641" w:rsidRDefault="004C5641" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C5641" w:rsidRDefault="004C5641" w:rsidP="005E7ED8">
+    <w:p w14:paraId="1DD3F8D8" w14:textId="77777777" w:rsidR="004C5641" w:rsidRDefault="004C5641" w:rsidP="005E7ED8">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+    <w:p w14:paraId="67FE46A4" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fator de Risco = Probabilidade x Gravidade</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="000316CC">
+    <w:p w14:paraId="20E8E90E" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelacomgrelha"/>
+        <w:tblStyle w:val="TabelacomGrelha"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="421"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="1844"/>
         <w:gridCol w:w="1845"/>
         <w:gridCol w:w="1845"/>
         <w:gridCol w:w="1845"/>
         <w:gridCol w:w="1845"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidTr="002F3F9E">
+      <w:tr w:rsidR="002F3F9E" w:rsidRPr="00495895" w14:paraId="28DD69EC" w14:textId="77777777" w:rsidTr="002F3F9E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="22419202" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Probabilida</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="488B1AFC" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="1B972199" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="756"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="0FF09B37" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="1C7F3C0A" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="582F01CE" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="1E652231" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidTr="00315FB8">
+      <w:tr w:rsidR="002F3F9E" w:rsidRPr="00495895" w14:paraId="23EA058B" w14:textId="77777777" w:rsidTr="00315FB8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
+          <w:p w14:paraId="51355E72" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="077521D8" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="33A01A8F" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="756"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="2027B78B" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="2EB90FF0" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="0CA525C2" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="36A64677" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidTr="002F3F9E">
+      <w:tr w:rsidR="002F3F9E" w:rsidRPr="00495895" w14:paraId="741E6039" w14:textId="77777777" w:rsidTr="002F3F9E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
+          <w:p w14:paraId="63E375D1" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="282BC857" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="32B17D49" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="756"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="5E201E87" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="1140060D" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="6034CE81" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="64E30407" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidTr="002F3F9E">
+      <w:tr w:rsidR="002F3F9E" w:rsidRPr="00495895" w14:paraId="47C4504A" w14:textId="77777777" w:rsidTr="002F3F9E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
+          <w:p w14:paraId="4C5E6930" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="5CF6214A" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="6967FF54" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="55BB257C" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="0799FC70" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="397607DD" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="00188574" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidTr="00315FB8">
+      <w:tr w:rsidR="002F3F9E" w:rsidRPr="00495895" w14:paraId="3AB29A05" w14:textId="77777777" w:rsidTr="00315FB8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
+          <w:p w14:paraId="5148F39C" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="76B68F25" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="549E78B9" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="5E8A3BD4" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="7826200F" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="00315FB8" w:rsidP="00315FB8">
+          <w:p w14:paraId="69A8DCCD" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="00315FB8" w:rsidP="00315FB8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="705"/>
                 <w:tab w:val="center" w:pos="899"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="002F3F9E" w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="0E2BA055" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidTr="002F3F9E">
+      <w:tr w:rsidR="002F3F9E" w:rsidRPr="00495895" w14:paraId="7CAA1146" w14:textId="77777777" w:rsidTr="002F3F9E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
+          <w:p w14:paraId="70CB940B" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="4CFB6F38" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="64E68FAF" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="7C230C54" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="679CF7F6" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="0BE1858B" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
+          <w:p w14:paraId="65CCCB8F" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="002F3F9E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidTr="002F3F9E">
+      <w:tr w:rsidR="002F3F9E" w:rsidRPr="00495895" w14:paraId="7AA1BB0D" w14:textId="77777777" w:rsidTr="002F3F9E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
+          <w:p w14:paraId="2365B2F3" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
+          <w:p w14:paraId="0F8EEC52" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9224" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
+          <w:p w14:paraId="790CC9AC" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRPr="00495895" w:rsidRDefault="002F3F9E" w:rsidP="0050059E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Gravidade</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="000316CC">
+    <w:p w14:paraId="2991CD65" w14:textId="77777777" w:rsidR="002F3F9E" w:rsidRDefault="002F3F9E" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00BF48C3">
+    <w:p w14:paraId="59817647" w14:textId="77777777" w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00BF48C3">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tabela </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-   Matriz de Fator de Risco</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="000316CC">
+    <w:p w14:paraId="56A372C9" w14:textId="77777777" w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="000316CC">
+    <w:p w14:paraId="57775F90" w14:textId="77777777" w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="000316CC">
+    <w:p w14:paraId="1999E949" w14:textId="77777777" w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BF48C3" w:rsidRPr="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00BF48C3">
+    <w:p w14:paraId="4097646B" w14:textId="77777777" w:rsidR="00BF48C3" w:rsidRPr="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00BF48C3">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF48C3">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>O risco é classificado em função da combinação da probabilidade e da gravidade de acordo com os critérios indicados no quadro seguinte:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="000316CC">
+    <w:p w14:paraId="0AF440FB" w14:textId="77777777" w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelacomgrelha"/>
+        <w:tblStyle w:val="TabelacomGrelha"/>
         <w:tblW w:w="10069" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1711"/>
         <w:gridCol w:w="8358"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E235F1" w:rsidRPr="00495895" w:rsidTr="00E235F1">
+      <w:tr w:rsidR="00E235F1" w:rsidRPr="00495895" w14:paraId="7E0E11AD" w14:textId="77777777" w:rsidTr="00E235F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1076"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00C29" w:rsidRDefault="00C00C29" w:rsidP="004C5641">
+          <w:p w14:paraId="576D8412" w14:textId="77777777" w:rsidR="00C00C29" w:rsidRDefault="00C00C29" w:rsidP="004C5641">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="756"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00315FB8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>1 →</w:t>
             </w:r>
             <w:r w:rsidR="00315FB8" w:rsidRPr="00315FB8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> 4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00315FB8" w:rsidRPr="00315FB8" w:rsidRDefault="004C5641" w:rsidP="004C5641">
+          <w:p w14:paraId="1F708ACC" w14:textId="77777777" w:rsidR="00315FB8" w:rsidRPr="00315FB8" w:rsidRDefault="004C5641" w:rsidP="004C5641">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="756"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Risco baixo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C5641" w:rsidRPr="004C5641" w:rsidRDefault="004C5641" w:rsidP="004C5641">
+          <w:p w14:paraId="3B8968EF" w14:textId="77777777" w:rsidR="004C5641" w:rsidRPr="004C5641" w:rsidRDefault="004C5641" w:rsidP="004C5641">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Cenário Aceitável</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C00C29" w:rsidRPr="004C5641" w:rsidRDefault="004C5641" w:rsidP="004C5641">
+          <w:p w14:paraId="218B74D7" w14:textId="77777777" w:rsidR="00C00C29" w:rsidRPr="004C5641" w:rsidRDefault="004C5641" w:rsidP="004C5641">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="00315FB8" w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">ão são </w:t>
             </w:r>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>necessárias</w:t>
             </w:r>
@@ -5077,135 +5214,144 @@
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> medidas de prevenção</w:t>
             </w:r>
             <w:r w:rsidR="00E235F1">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>/mitigação</w:t>
             </w:r>
             <w:r w:rsidR="00315FB8" w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>adicionais. O nível de controlo atual é suficiente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C5641" w:rsidRPr="00495895" w:rsidTr="00E235F1">
+      <w:tr w:rsidR="004C5641" w:rsidRPr="00495895" w14:paraId="302629C6" w14:textId="77777777" w:rsidTr="00E235F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="794"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00C29" w:rsidRDefault="00315FB8" w:rsidP="004C5641">
+          <w:p w14:paraId="7CC9152D" w14:textId="77777777" w:rsidR="00C00C29" w:rsidRDefault="00315FB8" w:rsidP="004C5641">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="176" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00315FB8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>5 → 12</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C5641" w:rsidRPr="00315FB8" w:rsidRDefault="004C5641" w:rsidP="004C5641">
+          <w:p w14:paraId="493E5EF3" w14:textId="77777777" w:rsidR="004C5641" w:rsidRPr="00315FB8" w:rsidRDefault="004C5641" w:rsidP="004C5641">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="176" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Risco </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>moderado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C5641" w:rsidRPr="004C5641" w:rsidRDefault="004C5641" w:rsidP="004C5641">
+          <w:p w14:paraId="78CD7700" w14:textId="77777777" w:rsidR="004C5641" w:rsidRPr="004C5641" w:rsidRDefault="004C5641" w:rsidP="004C5641">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Cenário Aceitável</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Cenário </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:t>Aceitável</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
               <w:t xml:space="preserve"> mas passível de Melhoria</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C00C29" w:rsidRPr="004C5641" w:rsidRDefault="004C5641" w:rsidP="00E235F1">
+          <w:p w14:paraId="7D5B3C53" w14:textId="77777777" w:rsidR="00C00C29" w:rsidRPr="004C5641" w:rsidRDefault="004C5641" w:rsidP="00E235F1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="00315FB8" w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">ão é estritamente necessário implementar medidas </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">adicionais </w:t>
             </w:r>
@@ -5226,322 +5372,322 @@
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>/mitigação</w:t>
             </w:r>
             <w:r w:rsidR="00315FB8" w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, mas </w:t>
             </w:r>
             <w:r w:rsidR="00E62985">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>são recomendadas</w:t>
             </w:r>
             <w:r w:rsidR="00315FB8" w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> ações de melhoria. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C5641" w:rsidRPr="00495895" w:rsidTr="00E235F1">
+      <w:tr w:rsidR="004C5641" w:rsidRPr="00495895" w14:paraId="5C2BF9BB" w14:textId="77777777" w:rsidTr="00E235F1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="794"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C00C29" w:rsidRDefault="00315FB8" w:rsidP="004C5641">
+          <w:p w14:paraId="431D60E1" w14:textId="77777777" w:rsidR="00C00C29" w:rsidRDefault="00315FB8" w:rsidP="004C5641">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="176" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00315FB8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>15 → 25</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C5641" w:rsidRPr="00315FB8" w:rsidRDefault="004C5641" w:rsidP="004C5641">
+          <w:p w14:paraId="591A6A4F" w14:textId="77777777" w:rsidR="004C5641" w:rsidRPr="00315FB8" w:rsidRDefault="004C5641" w:rsidP="004C5641">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="176" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Risco elevado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004C5641" w:rsidRPr="004C5641" w:rsidRDefault="004C5641" w:rsidP="004C5641">
+          <w:p w14:paraId="656D38FB" w14:textId="77777777" w:rsidR="004C5641" w:rsidRPr="004C5641" w:rsidRDefault="004C5641" w:rsidP="004C5641">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Cenário </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Não </w:t>
             </w:r>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Aceitável</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C5641" w:rsidRPr="004C5641" w:rsidRDefault="004C5641" w:rsidP="004C5641">
+          <w:p w14:paraId="2A2FDEAF" w14:textId="77777777" w:rsidR="004C5641" w:rsidRPr="004C5641" w:rsidRDefault="004C5641" w:rsidP="004C5641">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>São necessárias medidas urgentes de mitigação ou eliminação do Risco</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C00C29" w:rsidRPr="004C5641" w:rsidRDefault="004C5641" w:rsidP="004C5641">
+          <w:p w14:paraId="097EAFD3" w14:textId="77777777" w:rsidR="00C00C29" w:rsidRPr="004C5641" w:rsidRDefault="004C5641" w:rsidP="004C5641">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>Monitorização regular é necessária.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C00C29" w:rsidRDefault="00C00C29" w:rsidP="00C00C29">
+    <w:p w14:paraId="1E187119" w14:textId="77777777" w:rsidR="00C00C29" w:rsidRDefault="00C00C29" w:rsidP="00C00C29">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00BF48C3">
+    <w:p w14:paraId="2AB790B8" w14:textId="77777777" w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00BF48C3">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tabela </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-   Critérios de Classificação de Riscos e definição do Plano de Ações.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00C00C29">
+    <w:p w14:paraId="5F37A501" w14:textId="77777777" w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00C00C29">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
+    <w:p w14:paraId="74C2001C" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="000316CC">
+    <w:p w14:paraId="518B2FD3" w14:textId="77777777" w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="63B6A304" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="7098C9D6" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="3083FA79" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="862"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>AVALIAÇÃO DE OPORTUNIDADES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRPr="00E235F1" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="522CC4CE" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="00E235F1" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="862"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRPr="005E7ED8" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="1A86EC4E" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="005E7ED8" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E7ED8">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Para cada </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Oportunidade</w:t>
       </w:r>
       <w:r w:rsidRPr="005E7ED8">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
@@ -5577,827 +5723,891 @@
         </w:rPr>
         <w:t>vés de caracterização d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e duas </w:t>
       </w:r>
       <w:r w:rsidRPr="005E7ED8">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>variáveis:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Custo e Benefício.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="45241B2B" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRPr="005E7ED8" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="15330841" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="005E7ED8" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Custo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="61D071F7" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Medida semi-quantitativa que estima os custos de investimento na oportunidade na nossa organização e nas atuais condições, numa escala de 1 a 5. Ver escala da tabela 1.</w:t>
+        <w:t xml:space="preserve">Medida </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>semi-quantitativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que estima os custos de investimento na oportunidade na nossa organização e nas atuais condições, numa escala de 1 a 5. Ver escala da tabela 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="14B0EE18" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="62AACEA1" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="4DC5F45E" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRPr="005E7ED8" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="3E3C99FB" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="005E7ED8" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Benefícios</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="35EC183D" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Medida semi-quantitativa que estima as consequências/retorno da oportunidade na nossa organização. As consequências podem ser de diversas naturezas conforme o tipo de benefício em causa, numa escala de 1 a 5. Ver escala da tabela 1.</w:t>
+        <w:t xml:space="preserve">Medida </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>semi-quantitativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que estima as consequências/retorno da oportunidade na nossa organização. As consequências podem ser de diversas naturezas conforme o tipo de benefício em causa, numa escala de 1 a 5. Ver escala da tabela 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="3D6A9EC6" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="3E59D7C3" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="17B738C5" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="6B09AABE" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelacomgrelha"/>
+        <w:tblStyle w:val="TabelacomGrelha"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2705"/>
         <w:gridCol w:w="1467"/>
         <w:gridCol w:w="1511"/>
         <w:gridCol w:w="1454"/>
         <w:gridCol w:w="1244"/>
         <w:gridCol w:w="1728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidTr="00601E6F">
+      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00F83168" w14:paraId="3F034335" w14:textId="77777777" w:rsidTr="00601E6F">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2705" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="005E7ED8" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="6CE8184F" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="005E7ED8" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7ED8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Critérios de apreciação</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="005E7ED8" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="1EF96E16" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="005E7ED8" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7ED8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1511" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="005E7ED8" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="6200FE4F" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="005E7ED8" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7ED8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1454" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="005E7ED8" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="5B28FF01" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="005E7ED8" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7ED8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1244" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="005E7ED8" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="4ECBAF31" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="005E7ED8" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7ED8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="005E7ED8" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="770CBEDE" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="005E7ED8" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E7ED8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="44"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidTr="00601E6F">
+      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00F83168" w14:paraId="73275128" w14:textId="77777777" w:rsidTr="00601E6F">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2705" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="7B362C21" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Custo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="6847F30F" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Muito Elevado</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Muito </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Elevado</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1511" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="2B447711" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Elevado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1454" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="7C98A13C" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Médio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1244" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="066E87BE" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Reduzido</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="595A2AC3" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Muito Reduzido</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Muito </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Reduzido</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidTr="00601E6F">
+      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00F83168" w14:paraId="24D15534" w14:textId="77777777" w:rsidTr="00601E6F">
         <w:trPr>
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2705" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="46614EF6" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Benefício </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="1E1F0EB5" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Irrelevante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1511" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="2883F957" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Menor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1454" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="6A01524C" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Significativa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1244" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="4FBF29B1" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Elevado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="73AF3D58" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00F83168" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Crítico</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="0DBE65AA" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="5C4EDFF5" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tabela </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-   Critérios de apreciação de Custo e Benefícios das Oportunidades.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="58F2927E" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="6CEAD977" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="08A5A770" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRPr="005E7ED8" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="56153B3E" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="005E7ED8" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Normaldeprocedimento"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Fator de Oportunidade</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="078EA546" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Medida semi-quantitativa que estima a relevância da Oportunidade para a Organização e grau de prioridade para definição de Plano de Ações. Ver escala da tabela 2</w:t>
+        <w:t xml:space="preserve">Medida </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>semi-quantitativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que estima a relevância da Oportunidade para a Organização e grau de prioridade para definição de Plano de Ações. Ver escala da tabela 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="0667298D" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="3EB1C5C3" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="44FCA4E1" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="2B4E19D1" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRPr="002F3F9E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="6E4124BD" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="002F3F9E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Fator de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Oportunidade</w:t>
       </w:r>
@@ -6412,2552 +6622,2585 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Custo</w:t>
       </w:r>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> x </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Benefício</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="542B613E" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelacomgrelha"/>
+        <w:tblStyle w:val="TabelacomGrelha"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="421"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="1844"/>
         <w:gridCol w:w="1845"/>
         <w:gridCol w:w="1845"/>
         <w:gridCol w:w="1845"/>
         <w:gridCol w:w="1845"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidTr="00601E6F">
+      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00495895" w14:paraId="5EC45A51" w14:textId="77777777" w:rsidTr="00601E6F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="1F3E67A9" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Custo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="381B7398" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="102E66B6" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="756"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="5F271B73" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="7A54E19E" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="2560583F" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="7C262773" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidTr="00601E6F">
+      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00495895" w14:paraId="7181F64A" w14:textId="77777777" w:rsidTr="00601E6F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="2DC9B2DD" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="2DDF8F2B" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="74843803" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="756"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="0F65D1AA" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="502922ED" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="552DB277" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="55246D4D" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidTr="00601E6F">
+      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00495895" w14:paraId="45EFCADA" w14:textId="77777777" w:rsidTr="00601E6F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="21D2747D" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="21CB9FC7" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="1BBD49E5" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="756"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="47C89D4C" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="764754E8" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="2991427E" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="44B09924" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495895">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidTr="00601E6F">
+      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00495895" w14:paraId="6277B5AE" w14:textId="77777777" w:rsidTr="00601E6F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="1B45DFB2" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="62A3629D" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="310B0EA8" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="103E12E8" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="386819E2" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="0CB5D782" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="371958FD" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidTr="00601E6F">
+      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00495895" w14:paraId="0F19AD16" w14:textId="77777777" w:rsidTr="00601E6F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="2581B0E6" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="7B6C357A" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="014C85EE" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="6FBAB1A2" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="683D7A34" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="198606EB" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="705"/>
                 <w:tab w:val="center" w:pos="899"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="45C419AC" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidTr="00601E6F">
+      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00495895" w14:paraId="3D26F7CF" w14:textId="77777777" w:rsidTr="00601E6F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="6711D10C" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="318DB212" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="23F527EB" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="0F0931E0" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="6ECB0722" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="7DDD9C5B" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="39C45CC0" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="002F3F9E" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3F9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidTr="00601E6F">
+      <w:tr w:rsidR="008A6F8C" w:rsidRPr="00495895" w14:paraId="53606C8F" w14:textId="77777777" w:rsidTr="00601E6F">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="1AFD93AC" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="0D16EE4D" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9224" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
+          <w:p w14:paraId="43C0B805" w14:textId="77777777" w:rsidR="008A6F8C" w:rsidRPr="00495895" w:rsidRDefault="008A6F8C" w:rsidP="00601E6F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Benefício</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="35319480" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="4A1AB137" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tabela </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-   Matriz de Fator de Oportunidade</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="7D0D6617" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="06127BC4" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRPr="00BF48C3" w:rsidRDefault="008A6F8C" w:rsidP="004A447E">
+    <w:p w14:paraId="0E22C7FA" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="00BF48C3" w:rsidRDefault="008A6F8C" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A oportunidade</w:t>
       </w:r>
       <w:r w:rsidR="004A447E" w:rsidRPr="00BF48C3">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> é classifi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>cada</w:t>
       </w:r>
       <w:r w:rsidR="004A447E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> em função da combinação do Custo e do Benefício </w:t>
       </w:r>
       <w:r w:rsidR="004A447E" w:rsidRPr="00BF48C3">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>de acordo com os critérios indicados no quadro seguinte:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="675E7704" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabelacomgrelha"/>
+        <w:tblStyle w:val="TabelacomGrelha"/>
         <w:tblW w:w="10069" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1711"/>
         <w:gridCol w:w="8358"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A447E" w:rsidRPr="00495895" w:rsidTr="00E84691">
+      <w:tr w:rsidR="004A447E" w:rsidRPr="00495895" w14:paraId="74CA5F36" w14:textId="77777777" w:rsidTr="00E84691">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1076"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="00E84691">
+          <w:p w14:paraId="2E08D34F" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="00E84691">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="756"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00315FB8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1 → 4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A447E" w:rsidRPr="00315FB8" w:rsidRDefault="004A447E" w:rsidP="00E84691">
+          <w:p w14:paraId="239F4508" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="00315FB8" w:rsidRDefault="004A447E" w:rsidP="00E84691">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="756"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Risco baixo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A447E" w:rsidRPr="004C5641" w:rsidRDefault="004A447E" w:rsidP="00E84691">
+          <w:p w14:paraId="30281AC0" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="004C5641" w:rsidRDefault="004A447E" w:rsidP="00E84691">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Cenário Aceitável</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A447E" w:rsidRPr="004C5641" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+          <w:p w14:paraId="0D96FF3C" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="004C5641" w:rsidRDefault="004A447E" w:rsidP="004A447E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>ão são necessárias medidas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>. O nível de controlo atual é suficiente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A447E" w:rsidRPr="00495895" w:rsidTr="00E84691">
+      <w:tr w:rsidR="004A447E" w:rsidRPr="00495895" w14:paraId="6A758A26" w14:textId="77777777" w:rsidTr="00E84691">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="794"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="00E84691">
+          <w:p w14:paraId="12B38039" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="00E84691">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="176" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00315FB8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>5 → 12</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A447E" w:rsidRPr="00315FB8" w:rsidRDefault="004A447E" w:rsidP="00E84691">
+          <w:p w14:paraId="0B4AC9E0" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="00315FB8" w:rsidRDefault="004A447E" w:rsidP="00E84691">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="176" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83168">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Risco </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>moderado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A447E" w:rsidRPr="004C5641" w:rsidRDefault="004A447E" w:rsidP="00E84691">
+          <w:p w14:paraId="4F2F4E92" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="004C5641" w:rsidRDefault="004A447E" w:rsidP="00E84691">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Cenário Aceitável</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Cenário </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
+              <w:t>Aceitável</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
               <w:t xml:space="preserve"> mas passível de Melhoria</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A447E" w:rsidRPr="004C5641" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+          <w:p w14:paraId="64E619B8" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="004C5641" w:rsidRDefault="004A447E" w:rsidP="004A447E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">ão é estritamente necessário implementar medidas </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>adicionais</w:t>
             </w:r>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, mas </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>são recomendadas</w:t>
             </w:r>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> ações de melhoria. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A447E" w:rsidRPr="00495895" w:rsidTr="00E84691">
+      <w:tr w:rsidR="004A447E" w:rsidRPr="00495895" w14:paraId="32BEB3CA" w14:textId="77777777" w:rsidTr="00E84691">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="794"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="00E84691">
+          <w:p w14:paraId="3A41B9A2" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="00E84691">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="176" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00315FB8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>15 → 25</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A447E" w:rsidRPr="00315FB8" w:rsidRDefault="004A447E" w:rsidP="00E84691">
+          <w:p w14:paraId="067B4FED" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="00315FB8" w:rsidRDefault="004A447E" w:rsidP="00E84691">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="176" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Risco elevado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8358" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A447E" w:rsidRPr="004C5641" w:rsidRDefault="004A447E" w:rsidP="00E84691">
+          <w:p w14:paraId="43B5E2EE" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="004C5641" w:rsidRDefault="004A447E" w:rsidP="00E84691">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Cenário </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Não </w:t>
             </w:r>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Aceitável</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A447E" w:rsidRPr="004C5641" w:rsidRDefault="004A447E" w:rsidP="00E84691">
+          <w:p w14:paraId="33CFA844" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="004C5641" w:rsidRDefault="004A447E" w:rsidP="00E84691">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5641">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">São </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>necessárias medidas urgentes para implementação da Oportunidade</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A447E" w:rsidRPr="004C5641" w:rsidRDefault="004A447E" w:rsidP="00E84691">
+          <w:p w14:paraId="40771072" w14:textId="77777777" w:rsidR="004A447E" w:rsidRPr="004C5641" w:rsidRDefault="004A447E" w:rsidP="00E84691">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               </w:rPr>
               <w:t>Monitorização regular é necessária.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="59042612" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="0F356AA4" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tabela </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="002F3F9E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-   Critérios de Classificação de Oportunidades e definição do Plano de Ações.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="0F48D0DA" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
+    <w:p w14:paraId="7780E24E" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="004A447E">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="000316CC">
+    <w:p w14:paraId="2676C37F" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="000316CC">
+    <w:p w14:paraId="3536AE0A" w14:textId="77777777" w:rsidR="004A447E" w:rsidRDefault="004A447E" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="000316CC">
+    <w:p w14:paraId="0DBF7361" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
+    <w:p w14:paraId="04B9F721" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E235F1" w:rsidRDefault="00B31F54" w:rsidP="000316CC">
+    <w:p w14:paraId="6D4A6AE0" w14:textId="77777777" w:rsidR="00E235F1" w:rsidRDefault="00B31F54" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Estilo1X2011"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="862"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>PLANO DE AÇÕES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRPr="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
+    <w:p w14:paraId="5AF314ED" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRPr="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
+    <w:p w14:paraId="3A76A42F" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B31F54">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Para cada </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Risco avaliado, conforme o Fator d</w:t>
       </w:r>
       <w:r w:rsidR="00BF48C3">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e Risco estimado deve</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, conforme os casos, ser estabelecido um Plano de Ação. As ações podem ser englobas numa das seguintes categorias:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00B31F54">
+    <w:p w14:paraId="748581FA" w14:textId="77777777" w:rsidR="00BF48C3" w:rsidRDefault="00BF48C3" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF48C3">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">vitar o risco, mediante decisão de não iniciar ou continuar </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a atividade portadora de riscos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
+    <w:p w14:paraId="40D84B08" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ações preventivas de eliminação da fonte do risco</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
+    <w:p w14:paraId="44C34B72" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ações para diminuir a gravidade do risco</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
+    <w:p w14:paraId="13323094" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ações para diminuir a probabilidade do risco </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
+    <w:p w14:paraId="077E6148" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Manter o risco por decisão informada</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
+    <w:p w14:paraId="1666AD86" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ações de melhoria no caso de Oportunidades</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E235F1" w:rsidRDefault="00E235F1" w:rsidP="000316CC">
+    <w:p w14:paraId="7C1BA127" w14:textId="77777777" w:rsidR="00E235F1" w:rsidRDefault="00E235F1" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="000316CC">
+    <w:p w14:paraId="4B024D34" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Para cada Ação devem ser definido:</w:t>
+        <w:t xml:space="preserve">Para cada Ação devem ser </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>definido</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
+    <w:p w14:paraId="32589D6E" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Responsável ou responsáveis</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
+    <w:p w14:paraId="0C9C6120" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Prazo de implementação</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
+    <w:p w14:paraId="6646CC22" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Frequência de avaliação de eficácia e atualização do Fator de Risco</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
+    <w:p w14:paraId="45122771" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
+    <w:p w14:paraId="647FF3E3" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRDefault="00B31F54" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B31F54" w:rsidRDefault="00C71055" w:rsidP="00B31F54">
+    <w:p w14:paraId="1BBC4381" w14:textId="77777777" w:rsidR="00B31F54" w:rsidRDefault="00C71055" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t xml:space="preserve">O Plano de Ações é documentado na </w:t>
       </w:r>
       <w:r w:rsidRPr="000316CC">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve">Matriz de Gestão de Risco </w:t>
       </w:r>
       <w:r w:rsidR="004A447E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BA1E8E">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
-        <w:t xml:space="preserve">workflow AGIR) </w:t>
+        <w:t>workflow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA1E8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AGIR) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
         <w:t>aprovada pela Gestão de Topo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C71055" w:rsidRDefault="00C71055" w:rsidP="00B31F54">
+    <w:p w14:paraId="20765EE4" w14:textId="77777777" w:rsidR="00C71055" w:rsidRDefault="00C71055" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C71055" w:rsidRDefault="00C71055" w:rsidP="00B31F54">
+    <w:p w14:paraId="78231F0D" w14:textId="77777777" w:rsidR="00C71055" w:rsidRDefault="00C71055" w:rsidP="00B31F54">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
+    <w:p w14:paraId="766B27D6" w14:textId="77777777" w:rsidR="005E7ED8" w:rsidRDefault="005E7ED8" w:rsidP="000316CC">
       <w:pPr>
         <w:pStyle w:val="Textosimples"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005E7ED8" w:rsidSect="0039745C">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1956" w:right="851" w:bottom="907" w:left="851" w:header="426" w:footer="46" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00356ABE" w:rsidRDefault="00356ABE">
+    <w:p w14:paraId="24210C34" w14:textId="77777777" w:rsidR="00356ABE" w:rsidRDefault="00356ABE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00356ABE" w:rsidRDefault="00356ABE">
+    <w:p w14:paraId="36A15C35" w14:textId="77777777" w:rsidR="00356ABE" w:rsidRDefault="00356ABE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Futura Bk BT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DendaNewLight">
     <w:panose1 w:val="02000606040000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000A7" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="0089283A" w:rsidRPr="00F70859" w:rsidRDefault="0089283A" w:rsidP="00B4697B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="550E7E7F" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="00F70859" w:rsidRDefault="0089283A" w:rsidP="00B4697B">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:rPr>
         <w:sz w:val="6"/>
         <w:szCs w:val="6"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B2E9F0D" wp14:editId="5698A0F2">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="552AE328" wp14:editId="69595B22">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-550545</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-336779</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7629525" cy="419100"/>
               <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7629525" cy="419100"/>
                       </a:xfrm>
@@ -8982,72 +9225,72 @@
                             </a:schemeClr>
                           </a:gs>
                         </a:gsLst>
                         <a:lin ang="2700000" scaled="1"/>
                       </a:gradFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:tbl>
                           <w:tblPr>
-                            <w:tblStyle w:val="Tabelacomgrelha"/>
+                            <w:tblStyle w:val="TabelacomGrelha"/>
                             <w:tblW w:w="11232" w:type="dxa"/>
                             <w:tblInd w:w="392" w:type="dxa"/>
                             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
                           </w:tblPr>
                           <w:tblGrid>
                             <w:gridCol w:w="1843"/>
                             <w:gridCol w:w="8646"/>
                             <w:gridCol w:w="743"/>
                           </w:tblGrid>
-                          <w:tr w:rsidR="0089283A" w:rsidRPr="008D4414" w:rsidTr="008D4414">
+                          <w:tr w:rsidR="0089283A" w:rsidRPr="008D4414" w14:paraId="739D3C43" w14:textId="77777777" w:rsidTr="008D4414">
                             <w:tc>
                               <w:tcPr>
                                 <w:tcW w:w="1843" w:type="dxa"/>
                                 <w:tcBorders>
                                   <w:top w:val="nil"/>
                                   <w:left w:val="nil"/>
                                   <w:bottom w:val="nil"/>
                                   <w:right w:val="nil"/>
                                 </w:tcBorders>
                               </w:tcPr>
-                              <w:p w:rsidR="0089283A" w:rsidRPr="00806783" w:rsidRDefault="004511CE" w:rsidP="00516D4A">
+                              <w:p w14:paraId="240A0CE2" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="00806783" w:rsidRDefault="004511CE" w:rsidP="00516D4A">
                                 <w:pPr>
                                   <w:pStyle w:val="Rodap"/>
                                   <w:ind w:firstLine="34"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>M</w:t>
                                 </w:r>
                                 <w:r w:rsidR="0012012A">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>OD</w:t>
                                 </w:r>
@@ -9073,211 +9316,211 @@
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>2</w:t>
                                 </w:r>
                                 <w:r w:rsidR="0089283A">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve"> Rev.00</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
                                 <w:tcW w:w="8646" w:type="dxa"/>
                                 <w:tcBorders>
                                   <w:top w:val="nil"/>
                                   <w:left w:val="nil"/>
                                   <w:bottom w:val="nil"/>
                                   <w:right w:val="nil"/>
                                 </w:tcBorders>
                               </w:tcPr>
-                              <w:p w:rsidR="0089283A" w:rsidRPr="008D4414" w:rsidRDefault="0089283A" w:rsidP="00164443">
+                              <w:p w14:paraId="309CF24D" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="008D4414" w:rsidRDefault="0089283A" w:rsidP="00164443">
                                 <w:pPr>
                                   <w:tabs>
                                     <w:tab w:val="left" w:pos="1980"/>
                                     <w:tab w:val="left" w:pos="2685"/>
                                   </w:tabs>
                                   <w:spacing w:line="240" w:lineRule="auto"/>
                                   <w:ind w:firstLine="28"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r w:rsidRPr="008D4414">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>Cópia N</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>ão Controlada quando i</w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="008D4414">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>mpressa</w:t>
                                 </w:r>
                                 <w:r w:rsidR="0012012A">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>.</w:t>
                                 </w:r>
                               </w:p>
-                              <w:p w:rsidR="0089283A" w:rsidRPr="0012012A" w:rsidRDefault="0089283A" w:rsidP="004511CE">
+                              <w:p w14:paraId="1008304B" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="0012012A" w:rsidRDefault="0089283A" w:rsidP="004511CE">
                                 <w:pPr>
                                   <w:pStyle w:val="Rodap"/>
                                   <w:spacing w:line="240" w:lineRule="auto"/>
                                   <w:ind w:firstLine="28"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve">Divulgação externa proibida sem autorização escrita da </w:t>
                                 </w:r>
                                 <w:r w:rsidR="004511CE">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>IQA</w:t>
                                 </w:r>
                                 <w:r w:rsidR="0012012A">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                   <w:t>.</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
                                 <w:tcW w:w="743" w:type="dxa"/>
                                 <w:tcBorders>
                                   <w:top w:val="nil"/>
                                   <w:left w:val="nil"/>
                                   <w:bottom w:val="nil"/>
                                   <w:right w:val="nil"/>
                                 </w:tcBorders>
                               </w:tcPr>
-                              <w:p w:rsidR="0089283A" w:rsidRPr="0012012A" w:rsidRDefault="0089283A" w:rsidP="00F412D3">
+                              <w:p w14:paraId="25316931" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="0012012A" w:rsidRDefault="0089283A" w:rsidP="00F412D3">
                                 <w:pPr>
                                   <w:pStyle w:val="Rodap"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                                     <w:sz w:val="12"/>
                                     <w:szCs w:val="12"/>
                                   </w:rPr>
                                 </w:pPr>
                               </w:p>
                             </w:tc>
                           </w:tr>
                         </w:tbl>
-                        <w:p w:rsidR="0089283A" w:rsidRPr="0012012A" w:rsidRDefault="0089283A" w:rsidP="0039745C"/>
+                        <w:p w14:paraId="721DD0C5" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="0012012A" w:rsidRDefault="0089283A" w:rsidP="0039745C"/>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="4B2E9F0D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="552AE328" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-43.35pt;margin-top:-26.5pt;width:600.75pt;height:33pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmMT9F7AIAADIGAAAOAAAAZHJzL2Uyb0RvYy54bWysVMlu2zAQvRfoPxC8O1ogLxIsB1nqoEC6&#10;AEnRMy1RElEuKklbTov+e4ekpbjLoQh6kcjhcDjz3ptZXx4FRweqDVOyxMlFjBGVlaqZbEv86XE7&#10;W2FkLJE14UrSEj9Rgy83r1+th76gqeoUr6lGEESaYuhL3FnbF1Fkqo4KYi5UTyUcNkoLYmGr26jW&#10;ZIDogkdpHC+iQem616qixoD1NhzijY/fNLSyH5rGUIt4iSE367/af3fuG23WpGg16TtWndIgL8hC&#10;ECbh0SnULbEE7TX7I5RglVZGNfaiUiJSTcMq6muAapL4t2oeOtJTXwuAY/oJJvP/wlbvDx81YnWJ&#10;U4wkEUDRIz1adK2OKHHoDL0pwOmhBzd7BDOw7Cs1/b2qvhgk1U1HZEuvtFZDR0kN2fmb0dnVEMe4&#10;ILvhnarhGbK3ygc6Nlo46AAMBNGBpaeJGZdKBcblIs3n6RyjCs6yJE9iT11EivF2r429o0ogtyix&#10;BuZ9dHK4NxbqANfR5cRTvWWcI63sZ2Y7D7V71h8auBMWqFdQTzB7UdIbrtGBgJx2bQCC7wVUFGzL&#10;eRwyIwWYQXrBPOqMCEG84iyTNhyBiMcbTB7uTh6Q7fSaz7015/lA+e6WM01uL0vqrw+BsR0h4Ewi&#10;oBf0sQyPIlMRTkEwgWQveQ+ly4ZL95XKQRtADxbg8QSpY9Q3xvc8SbP4Os1n28VqOcu22XyWL+PV&#10;LE7y63wRZ3l2u/3hakyyomN1TeU9k3Rs0iT7tyY4jYvQXr5N0VBiLyYPn+Jsyt7odjfR66sdVWbO&#10;3QSzMLM4EyVeBUw8p077b2Qd+CWMh3X0a/qeTMBg/HtUfKe45ghtYo+7I0Rx7bNT9RP0DIjUidAN&#10;Wlh0Sn/DaIChVWLzdU80xYi/laDTPMkyN+X8JpsvU9jo85Pd+QmRFYQqscXAsFve2DAZ971mbQcv&#10;BYFLdQW92jDfRs9ZQQluA4MpKDQMUTf5zvfe63nUb34CAAD//wMAUEsDBBQABgAIAAAAIQBOQ2A1&#10;4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4Me2CSkVkaWoTTx6qqAdv&#10;CzsFIjuL7NLiv3d60tubmZc338vXs+3FAUffOVIQLyMQSLUzHTUK3t+eFikIHzQZ3TtCBT/oYV2c&#10;n+U6M+5Ir3goQyM4hHymFbQhDJmUvm7Rar90AxLf9m60OvA4NtKM+sjhtpfXUbSSVnfEH1o94LbF&#10;+qucrILPqyl5ud/sk+i5/N5WH487l9ZSqcuLefMAIuAc/sxwwmd0KJipchMZL3oFi3R1x1YWyQ2X&#10;Ojni+JbbVKx4I4tc/u9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCmMT9F7AIAADIG&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBOQ2A14AAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAAEYFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAUwYA&#10;AAAA&#10;" fillcolor="#bfbfbf [2412]" stroked="f">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-43.35pt;margin-top:-26.5pt;width:600.75pt;height:33pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADjFfrWwIAAO0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGyEQvVfqf0Dc67UtO25WXkdpokSV&#10;0qZSWvU8ZtldVJahgL2b/voOYDtW21PUC4IZmI/33rC+GnvN9tJ5habis8mUM2kE1sq0Ff/29e7d&#10;e858AFODRiMr/iw9v9q8fbMebCnn2KGupWMUxPhysBXvQrBlUXjRyR78BK005GzQ9RDo6NqidjBQ&#10;9F4X8+n0ohjQ1dahkN6T9TY7+SbFbxopwmPTeBmYrjjVFtLq0rqNa7FZQ9k6sJ0ShzLgFVX0oAwl&#10;PYW6hQBs59RfoXolHHpswkRgX2DTKCFTD9TNbPpHN08dWJl6IXC8PcHk/19Y8Xn/ZL84FsYPOBKB&#10;qQlvH1D88MzgTQemldfO4dBJqCnxLEJWDNaXh6cRal/6GGQ7fMKaSIZdwBRobFwfUaE+GUUnAp5P&#10;oMsxMEHG1cX8cjlfcibIt5hdzqaJlQLK42vrfLiX2LO4qbgjUlN02D/4EKuB8njlQEF9p7RmDsN3&#10;FbqEYkybnJ7e5A2zSP1kc9KbvNGO7YGUsm0zEHrXU0fZtlpOc2VQkplUlc1HCUHfQxJTUCZkF+nz&#10;+EKZ/f3hBlV7ypZqb/15PdR+fBVNp2uvK+qficjYHiHQyjCit+LzVU7KvAAt6yPJSc0JyliNNnE1&#10;GKHNoEdLUkIkP8sgjNuRnFERW6yfSRNEQgQ5/hG06dD94mygeau4/7kDJznTHw3xcDlbLOKApsNi&#10;uZrTwZ17tuceMIJCVTxw6iBub0Ie6p11qu0oUybQ4DVpsVFJJi9VHeqmmcoM5PmPQ3t+TrdefqnN&#10;bwAAAP//AwBQSwMEFAAGAAgAAAAhAE5DYDXgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;g0AQhe8m/ofNmHgx7YJKRWRpahNPHqqoB28LOwUiO4vs0uK/d3rS25uZlzffy9ez7cUBR985UhAv&#10;IxBItTMdNQre354WKQgfNBndO0IFP+hhXZyf5Toz7kiveChDIziEfKYVtCEMmZS+btFqv3QDEt/2&#10;brQ68Dg20oz6yOG2l9dRtJJWd8QfWj3gtsX6q5ysgs+rKXm53+yT6Ln83lYfjzuX1lKpy4t58wAi&#10;4Bz+zHDCZ3QomKlyExkvegWLdHXHVhbJDZc6OeL4lttUrHgji1z+71D8AgAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAAOMV+tbAgAA7QQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAE5DYDXgAAAACwEAAA8AAAAAAAAAAAAAAAAAtQQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAADCBQAAAAA=&#10;" fillcolor="#bfbfbf [2412]" stroked="f">
               <v:fill color2="#bfbfbf [2412]" angle="45" focus="100%" type="gradient"/>
               <v:textbox>
                 <w:txbxContent>
                   <w:tbl>
                     <w:tblPr>
-                      <w:tblStyle w:val="Tabelacomgrelha"/>
+                      <w:tblStyle w:val="TabelacomGrelha"/>
                       <w:tblW w:w="11232" w:type="dxa"/>
                       <w:tblInd w:w="392" w:type="dxa"/>
                       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
                     </w:tblPr>
                     <w:tblGrid>
                       <w:gridCol w:w="1843"/>
                       <w:gridCol w:w="8646"/>
                       <w:gridCol w:w="743"/>
                     </w:tblGrid>
-                    <w:tr w:rsidR="0089283A" w:rsidRPr="008D4414" w:rsidTr="008D4414">
+                    <w:tr w:rsidR="0089283A" w:rsidRPr="008D4414" w14:paraId="739D3C43" w14:textId="77777777" w:rsidTr="008D4414">
                       <w:tc>
                         <w:tcPr>
                           <w:tcW w:w="1843" w:type="dxa"/>
                           <w:tcBorders>
                             <w:top w:val="nil"/>
                             <w:left w:val="nil"/>
                             <w:bottom w:val="nil"/>
                             <w:right w:val="nil"/>
                           </w:tcBorders>
                         </w:tcPr>
-                        <w:p w:rsidR="0089283A" w:rsidRPr="00806783" w:rsidRDefault="004511CE" w:rsidP="00516D4A">
+                        <w:p w14:paraId="240A0CE2" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="00806783" w:rsidRDefault="004511CE" w:rsidP="00516D4A">
                           <w:pPr>
                             <w:pStyle w:val="Rodap"/>
                             <w:ind w:firstLine="34"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>M</w:t>
                           </w:r>
                           <w:r w:rsidR="0012012A">
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>OD</w:t>
                           </w:r>
@@ -9303,253 +9546,253 @@
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
                           <w:r w:rsidR="0089283A">
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> Rev.00</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
                           <w:tcW w:w="8646" w:type="dxa"/>
                           <w:tcBorders>
                             <w:top w:val="nil"/>
                             <w:left w:val="nil"/>
                             <w:bottom w:val="nil"/>
                             <w:right w:val="nil"/>
                           </w:tcBorders>
                         </w:tcPr>
-                        <w:p w:rsidR="0089283A" w:rsidRPr="008D4414" w:rsidRDefault="0089283A" w:rsidP="00164443">
+                        <w:p w14:paraId="309CF24D" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="008D4414" w:rsidRDefault="0089283A" w:rsidP="00164443">
                           <w:pPr>
                             <w:tabs>
                               <w:tab w:val="left" w:pos="1980"/>
                               <w:tab w:val="left" w:pos="2685"/>
                             </w:tabs>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:ind w:firstLine="28"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="008D4414">
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>Cópia N</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>ão Controlada quando i</w:t>
                           </w:r>
                           <w:r w:rsidRPr="008D4414">
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>mpressa</w:t>
                           </w:r>
                           <w:r w:rsidR="0012012A">
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="0089283A" w:rsidRPr="0012012A" w:rsidRDefault="0089283A" w:rsidP="004511CE">
+                        <w:p w14:paraId="1008304B" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="0012012A" w:rsidRDefault="0089283A" w:rsidP="004511CE">
                           <w:pPr>
                             <w:pStyle w:val="Rodap"/>
                             <w:spacing w:line="240" w:lineRule="auto"/>
                             <w:ind w:firstLine="28"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Divulgação externa proibida sem autorização escrita da </w:t>
                           </w:r>
                           <w:r w:rsidR="004511CE">
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>IQA</w:t>
                           </w:r>
                           <w:r w:rsidR="0012012A">
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
                           <w:tcW w:w="743" w:type="dxa"/>
                           <w:tcBorders>
                             <w:top w:val="nil"/>
                             <w:left w:val="nil"/>
                             <w:bottom w:val="nil"/>
                             <w:right w:val="nil"/>
                           </w:tcBorders>
                         </w:tcPr>
-                        <w:p w:rsidR="0089283A" w:rsidRPr="0012012A" w:rsidRDefault="0089283A" w:rsidP="00F412D3">
+                        <w:p w14:paraId="25316931" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="0012012A" w:rsidRDefault="0089283A" w:rsidP="00F412D3">
                           <w:pPr>
                             <w:pStyle w:val="Rodap"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                               <w:sz w:val="12"/>
                               <w:szCs w:val="12"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:tc>
                     </w:tr>
                   </w:tbl>
-                  <w:p w:rsidR="0089283A" w:rsidRPr="0012012A" w:rsidRDefault="0089283A" w:rsidP="0039745C"/>
+                  <w:p w14:paraId="721DD0C5" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="0012012A" w:rsidRDefault="0089283A" w:rsidP="0039745C"/>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00356ABE" w:rsidRDefault="00356ABE">
+    <w:p w14:paraId="78FBD4DE" w14:textId="77777777" w:rsidR="00356ABE" w:rsidRDefault="00356ABE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00356ABE" w:rsidRDefault="00356ABE">
+    <w:p w14:paraId="6D20F2A6" w14:textId="77777777" w:rsidR="00356ABE" w:rsidRDefault="00356ABE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="0089283A" w:rsidRDefault="0089283A">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2DD9ADDF" w14:textId="77777777" w:rsidR="0089283A" w:rsidRDefault="0089283A">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         <w:sz w:val="4"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10206" w:type="dxa"/>
       <w:tblInd w:w="28" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="70" w:type="dxa"/>
         <w:right w:w="70" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2410"/>
       <w:gridCol w:w="4820"/>
       <w:gridCol w:w="2976"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00BA1E8E" w:rsidRPr="007553E4" w:rsidTr="00BA1E8E">
+    <w:tr w:rsidR="00BA1E8E" w:rsidRPr="007553E4" w14:paraId="0E8BC883" w14:textId="77777777" w:rsidTr="00BA1E8E">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:val="453"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2410" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
           <w:tcMar>
             <w:left w:w="28" w:type="dxa"/>
             <w:right w:w="28" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00BA1E8E" w:rsidRPr="007553E4" w:rsidRDefault="00BA1E8E" w:rsidP="0062001D">
+        <w:p w14:paraId="12F00EF1" w14:textId="77777777" w:rsidR="00BA1E8E" w:rsidRPr="007553E4" w:rsidRDefault="00BA1E8E" w:rsidP="0062001D">
           <w:pPr>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:hanging="28"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="006A6B9E">
             <w:rPr>
               <w:rFonts w:ascii="DendaNewLight" w:hAnsi="DendaNewLight"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="774D1F79" wp14:editId="64BD58DF">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BFD9022" wp14:editId="098F2FD6">
                 <wp:extent cx="704850" cy="695325"/>
                 <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                 <wp:docPr id="43" name="Imagem 1" descr="NovoLogoIQA.jpg"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="26" name="Imagem 25" descr="NovoLogoIQA.jpg"/>
                         <pic:cNvPicPr preferRelativeResize="0">
                           <a:picLocks/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
@@ -9567,51 +9810,51 @@
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln w="12700">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4820" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00BA1E8E" w:rsidRPr="007553E4" w:rsidRDefault="00BA1E8E" w:rsidP="00AB2F11">
+        <w:p w14:paraId="1E79FF9B" w14:textId="77777777" w:rsidR="00BA1E8E" w:rsidRPr="007553E4" w:rsidRDefault="00BA1E8E" w:rsidP="00AB2F11">
           <w:pPr>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:caps/>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00172D67">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:caps/>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>GEST</w:t>
           </w:r>
           <w:r>
             <w:rPr>
@@ -9642,233 +9885,251 @@
               <w:caps/>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>S</w:t>
           </w:r>
           <w:r w:rsidRPr="00172D67">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:caps/>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve"> e OPORTUNIDADES</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2976" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00BA1E8E" w:rsidRPr="00C7007A" w:rsidRDefault="00BA1E8E" w:rsidP="00073384">
+        <w:p w14:paraId="494F9ECC" w14:textId="77777777" w:rsidR="00BA1E8E" w:rsidRPr="00C7007A" w:rsidRDefault="00BA1E8E" w:rsidP="00073384">
           <w:pPr>
             <w:spacing w:before="40"/>
             <w:ind w:firstLine="28"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BA1E8E">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>PROCEDIMENTO</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="0089283A" w:rsidRPr="007553E4" w:rsidTr="00BA1E8E">
+    <w:tr w:rsidR="0089283A" w:rsidRPr="007553E4" w14:paraId="7EA97A96" w14:textId="77777777" w:rsidTr="00BA1E8E">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:val="453"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2410" w:type="dxa"/>
           <w:vMerge/>
           <w:tcMar>
             <w:left w:w="28" w:type="dxa"/>
             <w:right w:w="28" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="0089283A" w:rsidRPr="007553E4" w:rsidRDefault="0089283A" w:rsidP="00F412D3">
+        <w:p w14:paraId="2397F93F" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="007553E4" w:rsidRDefault="0089283A" w:rsidP="00F412D3">
           <w:pPr>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4820" w:type="dxa"/>
           <w:vMerge/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="0089283A" w:rsidRPr="007553E4" w:rsidRDefault="0089283A" w:rsidP="00F412D3">
+        <w:p w14:paraId="1841AD72" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="007553E4" w:rsidRDefault="0089283A" w:rsidP="00F412D3">
           <w:pPr>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:ind w:firstLine="28"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2976" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="0089283A" w:rsidRDefault="00471AA3" w:rsidP="00DD23B2">
+        <w:p w14:paraId="2AA7B3CD" w14:textId="6A8F0448" w:rsidR="0089283A" w:rsidRDefault="00471AA3" w:rsidP="00DD23B2">
           <w:pPr>
             <w:spacing w:before="40"/>
             <w:ind w:firstLine="28"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               <w:b/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               <w:b/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>P-004</w:t>
           </w:r>
           <w:r w:rsidR="0089283A" w:rsidRPr="007553E4">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               <w:b/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidR="0089283A" w:rsidRPr="007553E4">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>Rev:</w:t>
+            <w:t>Rev</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidR="0089283A" w:rsidRPr="007553E4">
+            <w:rPr>
+              <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>:</w:t>
           </w:r>
           <w:r w:rsidR="0089283A" w:rsidRPr="007553E4">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="0089283A" w:rsidRPr="007553E4">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               <w:b/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>00</w:t>
+            <w:t>0</w:t>
+          </w:r>
+          <w:r w:rsidR="00D67BB9">
+            <w:rPr>
+              <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+              <w:b/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>1</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="0089283A" w:rsidRPr="007553E4" w:rsidTr="00BA1E8E">
+    <w:tr w:rsidR="0089283A" w:rsidRPr="007553E4" w14:paraId="79E0BBB8" w14:textId="77777777" w:rsidTr="00BA1E8E">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:val="453"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2410" w:type="dxa"/>
           <w:vMerge/>
           <w:tcMar>
             <w:left w:w="28" w:type="dxa"/>
             <w:right w:w="28" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="0089283A" w:rsidRPr="007553E4" w:rsidRDefault="0089283A" w:rsidP="00F412D3">
+        <w:p w14:paraId="46D0D8C2" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="007553E4" w:rsidRDefault="0089283A" w:rsidP="00F412D3">
           <w:pPr>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4820" w:type="dxa"/>
           <w:vMerge/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="0089283A" w:rsidRPr="007553E4" w:rsidRDefault="0089283A" w:rsidP="00F412D3">
+        <w:p w14:paraId="55186583" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="007553E4" w:rsidRDefault="0089283A" w:rsidP="00F412D3">
           <w:pPr>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:ind w:firstLine="28"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2976" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="0089283A" w:rsidRPr="007553E4" w:rsidRDefault="0089283A" w:rsidP="0047066C">
+        <w:p w14:paraId="23FB4708" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="007553E4" w:rsidRDefault="0089283A" w:rsidP="0047066C">
           <w:pPr>
             <w:spacing w:before="40"/>
             <w:ind w:firstLine="28"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Pág.</w:t>
           </w:r>
           <w:r w:rsidRPr="007553E4">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
@@ -9906,58 +10167,60 @@
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:noProof/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>6</w:t>
           </w:r>
           <w:r w:rsidRPr="007553E4">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="007553E4">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
+          <w:proofErr w:type="spellStart"/>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>of</w:t>
           </w:r>
+          <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="007553E4">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="007553E4">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="007553E4">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
@@ -9972,63 +10235,63 @@
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00B35048">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:noProof/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>6</w:t>
           </w:r>
           <w:r w:rsidRPr="007553E4">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="0089283A" w:rsidRPr="007553E4" w:rsidRDefault="0089283A" w:rsidP="00AB2F5D">
+  <w:p w14:paraId="3D8E7C6D" w14:textId="77777777" w:rsidR="0089283A" w:rsidRPr="007553E4" w:rsidRDefault="0089283A" w:rsidP="00AB2F5D">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         <w:sz w:val="4"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="071C6450"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1C9AB14A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
         <w:b/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="36"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
@@ -12721,223 +12984,224 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="414206191">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1634210678">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2143573867">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2065372898">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1397364650">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1288657072">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="591935406">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2081975086">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="4"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1416779235">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1083647619">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1309164860">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1540555835">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="2090495654">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="807553055">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1604417314">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1269774831">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="2020353337">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="954291281">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1762220730">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="2029332921">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1425568929">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="2119176694">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1805806679">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="865215678">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="319702081">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1495998642">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:embedSystemFonts/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241">
+    <o:shapedefaults v:ext="edit" spidmax="18433">
       <o:colormru v:ext="edit" colors="#ddd"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F5249"/>
     <w:rsid w:val="00000C46"/>
     <w:rsid w:val="00000E12"/>
     <w:rsid w:val="00001AD1"/>
     <w:rsid w:val="00003038"/>
     <w:rsid w:val="00004B55"/>
     <w:rsid w:val="000052FA"/>
     <w:rsid w:val="00005692"/>
     <w:rsid w:val="0000746C"/>
     <w:rsid w:val="000114C7"/>
     <w:rsid w:val="000133F3"/>
     <w:rsid w:val="00014BD5"/>
     <w:rsid w:val="0001660E"/>
     <w:rsid w:val="00017454"/>
     <w:rsid w:val="0002126E"/>
     <w:rsid w:val="00022206"/>
     <w:rsid w:val="000234A7"/>
     <w:rsid w:val="00025DA1"/>
     <w:rsid w:val="000316CC"/>
     <w:rsid w:val="0003386D"/>
     <w:rsid w:val="00036A2E"/>
     <w:rsid w:val="00042286"/>
     <w:rsid w:val="00044238"/>
+    <w:rsid w:val="00054AF6"/>
     <w:rsid w:val="00056462"/>
     <w:rsid w:val="00061C7F"/>
     <w:rsid w:val="00065A52"/>
     <w:rsid w:val="00071C23"/>
     <w:rsid w:val="00073384"/>
     <w:rsid w:val="00074007"/>
     <w:rsid w:val="00074F08"/>
     <w:rsid w:val="000767CF"/>
     <w:rsid w:val="00082FEE"/>
     <w:rsid w:val="00086C90"/>
     <w:rsid w:val="000930F8"/>
     <w:rsid w:val="00096948"/>
     <w:rsid w:val="000A3A94"/>
     <w:rsid w:val="000B32AD"/>
     <w:rsid w:val="000B4082"/>
     <w:rsid w:val="000B678E"/>
     <w:rsid w:val="000C2522"/>
     <w:rsid w:val="000D20F3"/>
     <w:rsid w:val="000E6896"/>
     <w:rsid w:val="000F38BC"/>
     <w:rsid w:val="000F58A0"/>
     <w:rsid w:val="000F60E7"/>
     <w:rsid w:val="001114C3"/>
     <w:rsid w:val="0011157F"/>
     <w:rsid w:val="00114172"/>
@@ -13023,50 +13287,51 @@
     <w:rsid w:val="002F21A5"/>
     <w:rsid w:val="002F3F9E"/>
     <w:rsid w:val="002F676C"/>
     <w:rsid w:val="003028F6"/>
     <w:rsid w:val="00302E18"/>
     <w:rsid w:val="00315FB8"/>
     <w:rsid w:val="00316996"/>
     <w:rsid w:val="00317C86"/>
     <w:rsid w:val="0032274D"/>
     <w:rsid w:val="00323415"/>
     <w:rsid w:val="00326B66"/>
     <w:rsid w:val="003334F4"/>
     <w:rsid w:val="00333913"/>
     <w:rsid w:val="00347743"/>
     <w:rsid w:val="00350603"/>
     <w:rsid w:val="0035178F"/>
     <w:rsid w:val="00356A90"/>
     <w:rsid w:val="00356ABE"/>
     <w:rsid w:val="00361175"/>
     <w:rsid w:val="003628A8"/>
     <w:rsid w:val="00364F83"/>
     <w:rsid w:val="00365C67"/>
     <w:rsid w:val="00366979"/>
     <w:rsid w:val="00366B4A"/>
     <w:rsid w:val="003735A2"/>
+    <w:rsid w:val="00375B8B"/>
     <w:rsid w:val="00390027"/>
     <w:rsid w:val="00391477"/>
     <w:rsid w:val="00391D5D"/>
     <w:rsid w:val="00392BE0"/>
     <w:rsid w:val="00395B04"/>
     <w:rsid w:val="0039745C"/>
     <w:rsid w:val="003977BF"/>
     <w:rsid w:val="003A269E"/>
     <w:rsid w:val="003A6314"/>
     <w:rsid w:val="003B3085"/>
     <w:rsid w:val="003C0903"/>
     <w:rsid w:val="003C0EEF"/>
     <w:rsid w:val="003D01E3"/>
     <w:rsid w:val="003D22EC"/>
     <w:rsid w:val="003D5CAB"/>
     <w:rsid w:val="003E5308"/>
     <w:rsid w:val="003E5BE0"/>
     <w:rsid w:val="003E7A5F"/>
     <w:rsid w:val="003F1980"/>
     <w:rsid w:val="003F20D6"/>
     <w:rsid w:val="003F41FB"/>
     <w:rsid w:val="003F526B"/>
     <w:rsid w:val="0040311C"/>
     <w:rsid w:val="00421C56"/>
     <w:rsid w:val="00431AEB"/>
@@ -13170,50 +13435,51 @@
     <w:rsid w:val="00685149"/>
     <w:rsid w:val="006911C2"/>
     <w:rsid w:val="00697EE8"/>
     <w:rsid w:val="006A1160"/>
     <w:rsid w:val="006A144D"/>
     <w:rsid w:val="006A187B"/>
     <w:rsid w:val="006A2E18"/>
     <w:rsid w:val="006A3A29"/>
     <w:rsid w:val="006A4E82"/>
     <w:rsid w:val="006A7F51"/>
     <w:rsid w:val="006B083B"/>
     <w:rsid w:val="006B6BB1"/>
     <w:rsid w:val="006B76A7"/>
     <w:rsid w:val="006C067E"/>
     <w:rsid w:val="006C48E5"/>
     <w:rsid w:val="006C7248"/>
     <w:rsid w:val="006D1A56"/>
     <w:rsid w:val="006D4A2F"/>
     <w:rsid w:val="006D529B"/>
     <w:rsid w:val="006D5620"/>
     <w:rsid w:val="006D6233"/>
     <w:rsid w:val="006E6144"/>
     <w:rsid w:val="006E73A9"/>
     <w:rsid w:val="006F03DE"/>
     <w:rsid w:val="006F37EC"/>
+    <w:rsid w:val="006F5B5C"/>
     <w:rsid w:val="006F6BA3"/>
     <w:rsid w:val="007206EB"/>
     <w:rsid w:val="0072352E"/>
     <w:rsid w:val="007336D8"/>
     <w:rsid w:val="0074241C"/>
     <w:rsid w:val="00752713"/>
     <w:rsid w:val="007546C0"/>
     <w:rsid w:val="007553E4"/>
     <w:rsid w:val="00763B2A"/>
     <w:rsid w:val="007651EC"/>
     <w:rsid w:val="00765F06"/>
     <w:rsid w:val="00773CE7"/>
     <w:rsid w:val="00777B34"/>
     <w:rsid w:val="0078322A"/>
     <w:rsid w:val="00785F22"/>
     <w:rsid w:val="00786386"/>
     <w:rsid w:val="007906A7"/>
     <w:rsid w:val="00793648"/>
     <w:rsid w:val="00795F24"/>
     <w:rsid w:val="007A3D41"/>
     <w:rsid w:val="007A56AC"/>
     <w:rsid w:val="007A5CD4"/>
     <w:rsid w:val="007B323E"/>
     <w:rsid w:val="007B34FC"/>
     <w:rsid w:val="007B37FE"/>
@@ -13385,113 +13651,117 @@
     <w:rsid w:val="00B8421F"/>
     <w:rsid w:val="00B86507"/>
     <w:rsid w:val="00B86BBF"/>
     <w:rsid w:val="00B875DD"/>
     <w:rsid w:val="00B93A73"/>
     <w:rsid w:val="00B963FE"/>
     <w:rsid w:val="00BA1E8E"/>
     <w:rsid w:val="00BA4F98"/>
     <w:rsid w:val="00BB0FC0"/>
     <w:rsid w:val="00BB25A3"/>
     <w:rsid w:val="00BC2F83"/>
     <w:rsid w:val="00BC5647"/>
     <w:rsid w:val="00BC6BEC"/>
     <w:rsid w:val="00BC7829"/>
     <w:rsid w:val="00BD2BFE"/>
     <w:rsid w:val="00BD7899"/>
     <w:rsid w:val="00BD7F94"/>
     <w:rsid w:val="00BE5259"/>
     <w:rsid w:val="00BF1EE5"/>
     <w:rsid w:val="00BF48C3"/>
     <w:rsid w:val="00BF59BD"/>
     <w:rsid w:val="00BF6CB2"/>
     <w:rsid w:val="00C00C29"/>
     <w:rsid w:val="00C02741"/>
     <w:rsid w:val="00C02840"/>
+    <w:rsid w:val="00C02A32"/>
     <w:rsid w:val="00C06A88"/>
     <w:rsid w:val="00C07D42"/>
     <w:rsid w:val="00C15C23"/>
     <w:rsid w:val="00C16E71"/>
     <w:rsid w:val="00C21B66"/>
     <w:rsid w:val="00C24751"/>
     <w:rsid w:val="00C26822"/>
     <w:rsid w:val="00C30104"/>
     <w:rsid w:val="00C312C5"/>
     <w:rsid w:val="00C34C80"/>
     <w:rsid w:val="00C36783"/>
     <w:rsid w:val="00C37885"/>
     <w:rsid w:val="00C42980"/>
     <w:rsid w:val="00C5432F"/>
     <w:rsid w:val="00C554F1"/>
     <w:rsid w:val="00C6589E"/>
     <w:rsid w:val="00C66B7B"/>
     <w:rsid w:val="00C7007A"/>
     <w:rsid w:val="00C71055"/>
     <w:rsid w:val="00C71E8D"/>
     <w:rsid w:val="00C74275"/>
     <w:rsid w:val="00C75067"/>
     <w:rsid w:val="00C814D0"/>
     <w:rsid w:val="00C82618"/>
     <w:rsid w:val="00C9068B"/>
     <w:rsid w:val="00C91FBF"/>
     <w:rsid w:val="00C950BE"/>
+    <w:rsid w:val="00C95A44"/>
     <w:rsid w:val="00C972CB"/>
     <w:rsid w:val="00CA6E52"/>
     <w:rsid w:val="00CB0F74"/>
     <w:rsid w:val="00CB310F"/>
     <w:rsid w:val="00CB4029"/>
     <w:rsid w:val="00CC322D"/>
     <w:rsid w:val="00CC5D92"/>
     <w:rsid w:val="00CD19BF"/>
     <w:rsid w:val="00CD20E5"/>
     <w:rsid w:val="00CE2D1C"/>
     <w:rsid w:val="00CE4EBF"/>
     <w:rsid w:val="00CE7224"/>
     <w:rsid w:val="00CF6160"/>
     <w:rsid w:val="00CF657F"/>
     <w:rsid w:val="00CF7AD5"/>
     <w:rsid w:val="00D031D1"/>
     <w:rsid w:val="00D04D84"/>
     <w:rsid w:val="00D12A3F"/>
     <w:rsid w:val="00D23802"/>
     <w:rsid w:val="00D26E1C"/>
     <w:rsid w:val="00D3468B"/>
     <w:rsid w:val="00D428DC"/>
     <w:rsid w:val="00D44D09"/>
     <w:rsid w:val="00D52BE8"/>
     <w:rsid w:val="00D53460"/>
     <w:rsid w:val="00D54B7C"/>
     <w:rsid w:val="00D55B8B"/>
     <w:rsid w:val="00D66A12"/>
+    <w:rsid w:val="00D67BB9"/>
     <w:rsid w:val="00D74C41"/>
     <w:rsid w:val="00D80A2A"/>
     <w:rsid w:val="00D83380"/>
     <w:rsid w:val="00D900BA"/>
     <w:rsid w:val="00DA22EE"/>
     <w:rsid w:val="00DA5A95"/>
     <w:rsid w:val="00DA72B9"/>
     <w:rsid w:val="00DB16DA"/>
+    <w:rsid w:val="00DB17E1"/>
     <w:rsid w:val="00DB5CF6"/>
     <w:rsid w:val="00DB6594"/>
     <w:rsid w:val="00DC1CA3"/>
     <w:rsid w:val="00DC5CB9"/>
     <w:rsid w:val="00DC67FB"/>
     <w:rsid w:val="00DC6F9B"/>
     <w:rsid w:val="00DD23B2"/>
     <w:rsid w:val="00DD42F1"/>
     <w:rsid w:val="00DE3CCA"/>
     <w:rsid w:val="00DE459A"/>
     <w:rsid w:val="00DF2B63"/>
     <w:rsid w:val="00DF62AB"/>
     <w:rsid w:val="00E0469C"/>
     <w:rsid w:val="00E057EB"/>
     <w:rsid w:val="00E14D3D"/>
     <w:rsid w:val="00E15688"/>
     <w:rsid w:val="00E20CCE"/>
     <w:rsid w:val="00E235F1"/>
     <w:rsid w:val="00E2430C"/>
     <w:rsid w:val="00E2745C"/>
     <w:rsid w:val="00E30121"/>
     <w:rsid w:val="00E3170D"/>
     <w:rsid w:val="00E32BFC"/>
     <w:rsid w:val="00E3619D"/>
     <w:rsid w:val="00E40787"/>
@@ -13558,75 +13828,76 @@
     <w:rsid w:val="00FD7A39"/>
     <w:rsid w:val="00FE43BA"/>
     <w:rsid w:val="00FE499A"/>
     <w:rsid w:val="00FE4F94"/>
     <w:rsid w:val="00FE7603"/>
     <w:rsid w:val="00FF5319"/>
     <w:rsid w:val="00FF5369"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241">
+    <o:shapedefaults v:ext="edit" spidmax="18433">
       <o:colormru v:ext="edit" colors="#ddd"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="616385EE"/>
   <w15:docId w15:val="{EBA94D9D-4ED3-4D04-AFBD-A20F16719AF3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pt-PT" w:eastAsia="pt-PT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -13954,191 +14225,196 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004D60E0"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:left="142" w:firstLine="29"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Cabealho1">
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Título de secção"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004D60E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Cabealho2">
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004D60E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Cabealho3">
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004D60E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Cabealho4">
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004D60E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-70" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Cabealho5">
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004D60E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Cabealho6">
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004D60E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Cabealho7">
+  <w:style w:type="paragraph" w:styleId="Ttulo7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004D60E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Cabealho8">
+  <w:style w:type="paragraph" w:styleId="Ttulo8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004D60E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="72" w:firstLine="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Cabealho9">
+  <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004D60E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="284" w:firstLine="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Tipodeletrapredefinidodopargrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -14395,51 +14671,51 @@
       <w:tabs>
         <w:tab w:val="num" w:pos="596"/>
       </w:tabs>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:left="596" w:right="142" w:hanging="454"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Estilo2">
     <w:name w:val="Estilo2"/>
     <w:basedOn w:val="NOVASECOPROCEDIMENTO"/>
     <w:autoRedefine/>
     <w:rsid w:val="00FE4F94"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Estilo3">
     <w:name w:val="Estilo3"/>
     <w:basedOn w:val="NOVASECOPROCEDIMENTO"/>
     <w:autoRedefine/>
     <w:rsid w:val="00FE4F94"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabelacomgrelha">
+  <w:style w:type="table" w:styleId="TabelacomGrelha">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00C5432F"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:left="142" w:firstLine="29"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TextoprocedimentosLAC">
     <w:name w:val="Texto procedimentos LAC"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00AF3704"/>
     <w:pPr>
       <w:ind w:left="0" w:firstLine="0"/>
@@ -14765,51 +15041,51 @@
       </w:numPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoCarter">
     <w:name w:val="Cabeçalho Caráter"/>
     <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:link w:val="Cabealho"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BF48C3"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="91365552">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="152256957">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15445,51 +15721,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1946230565">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Visio_Drawing1.vsdx"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Visio_Drawing.vsdx"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -15735,80 +16011,104 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=word/webextensions/_rels/taskpanes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/webextension" Target="webextension1.xml"/></Relationships>
+</file>
+
+<file path=word/webextensions/taskpanes.xml><?xml version="1.0" encoding="utf-8"?>
+<wetp:taskpanes xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11">
+  <wetp:taskpane dockstate="right" visibility="0" width="525" row="0">
+    <wetp:webextensionref xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+  </wetp:taskpane>
+</wetp:taskpanes>
+</file>
+
+<file path=word/webextensions/webextension1.xml><?xml version="1.0" encoding="utf-8"?>
+<we:webextension xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" id="{08E14E3A-F6E4-4E6A-A18A-30C440518D3B}">
+  <we:reference id="WA200004316" version="22.5.4.1315" store="Omex" storeType="OMEX"/>
+  <we:alternateReferences>
+    <we:reference id="WA200004316" version="22.5.4.1315" store="WA200004316" storeType="OMEX"/>
+  </we:alternateReferences>
+  <we:properties/>
+  <we:bindings/>
+  <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+</we:webextension>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1286</Words>
-  <Characters>7196</Characters>
+  <Words>1317</Words>
+  <Characters>7232</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>408</Lines>
+  <Paragraphs>228</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Ethan Frome</vt:lpstr>
       <vt:lpstr>Ethan Frome</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Instituto Nacional do Desporto</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8466</CharactersWithSpaces>
+  <CharactersWithSpaces>8378</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ethan Frome</dc:title>
   <dc:creator>EW/LN/CB</dc:creator>
   <cp:keywords>Ethan</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>